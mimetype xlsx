--- v0 (2025-10-16)
+++ v1 (2025-12-14)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2367">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>url</t>
   </si>
   <si>
     <t>Группа</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Структура</t>
   </si>
   <si>
     <t>Фото Аверс</t>
   </si>
   <si>
     <t>Фото Реверс</t>
   </si>
   <si>
@@ -1759,88 +1759,50 @@
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
   &lt;td class="averse_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15688/shop_items_catalog_image15688.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15688/shop_items_catalog_image15688.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292731.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292731.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="blank_1_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292732.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292732.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="blank_2_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292733.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292733.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="3d 1_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292734.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15688/shop_property_file_15688_292734.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
-    <t>https://chelznak.ru/shop/25let-ohrane-fsin/item_17399/</t>
-[...36 lines deleted...]
-  <si>
     <t>https://chelznak.ru/shop/25let-ohrane-fsin/item_17401/</t>
   </si>
   <si>
     <t>Знак на лацкан «25 лет службе охраны УИС»</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17401/shop_items_catalog_image17401.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17401/shop_property_file_17401_219.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">
 &lt;tr&gt;
   &lt;td style="text-align: center"&gt;
     &lt;a href="https://api.chelznak.ru/shop/25let-ohrane-fsin/item_17401/" target="_blank"&gt;17401&lt;/a&gt;
     &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
       &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=885&amp;amp;hostcms[checked][1][17401]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак на лацкан «25 лет службе охраны УИС»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=885&amp;amp;hostcms[checked][1][17401]=1', dialogClass: 'hostcms6'}); return false"&gt;
         &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак на лацкан «25 лет службе охраны УИС»&amp;quot;"&gt;&lt;/i&gt;
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
   &lt;td class="averse_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17401/shop_items_catalog_image17401.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17401/shop_items_catalog_image17401.jpg" /&gt;
   &lt;/td&gt;
@@ -4944,57 +4906,96 @@
   <si>
     <t xml:space="preserve">
 &lt;tr&gt;
   &lt;td style="text-align: center"&gt;
     &lt;a href="https://api.chelznak.ru/shop/30_mchs/gu-mchs/item_34368/" target="_blank"&gt;34368&lt;/a&gt;
     &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
       &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1169&amp;amp;hostcms[checked][1][34368]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет ГУ МЧС России по Забайкальскому краю» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1169&amp;amp;hostcms[checked][1][34368]=1', dialogClass: 'hostcms6'}); return false"&gt;
         &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет ГУ МЧС России по Забайкальскому краю» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
   &lt;td class="averse_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/3/4/3/item_34368/shop_items_catalog_image34368.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/4/3/item_34368/shop_items_catalog_image34368.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
+    <t>https://chelznak.ru/shop/30_let_omon/item_8507/</t>
+  </si>
+  <si>
+    <t>Медаль «30 лет ОМОН на транспорте УФСВНГ по Иркутской области» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 30 лет ОМОН</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/8/5/0/item_8507/shop_items_catalog_image8507.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/8/5/0/item_8507/shop_property_file_8507_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/8/5/0/item_8507/shop_property_file_8507_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/30_let_omon/item_8507/" target="_blank"&gt;8507&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8507]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН на транспорте УФСВНГ по Иркутской области» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8507]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН на транспорте УФСВНГ по Иркутской области» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/8/5/0/item_8507/shop_items_catalog_image8507.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/5/0/item_8507/shop_items_catalog_image8507.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
     <t>https://chelznak.ru/shop/30_let_omon/item_8508/</t>
   </si>
   <si>
     <t>Медаль «30 лет ОМОН "Град" УФСВНГ по Калининградской области» с бланком удостоверения</t>
-  </si>
-[...1 lines deleted...]
-    <t>Челзнак.ру → 30 лет ОМОН</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/8/5/0/item_8508/shop_items_catalog_image8508.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/8/5/0/item_8508/shop_property_file_8508_219.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/8/5/0/item_8508/shop_property_file_8508_220.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">
 &lt;tr&gt;
   &lt;td style="text-align: center"&gt;
     &lt;a href="https://api.chelznak.ru/shop/30_let_omon/item_8508/" target="_blank"&gt;8508&lt;/a&gt;
     &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
       &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8508]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН &amp;quot;Град&amp;quot; УФСВНГ по Калининградской области» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8508]=1', dialogClass: 'hostcms6'}); return false"&gt;
         &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН &amp;quot;Град&amp;quot; УФСВНГ по Калининградской области» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
   &lt;td class="averse_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/8/5/0/item_8508/shop_items_catalog_image8508.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/5/0/item_8508/shop_items_catalog_image8508.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
@@ -5451,50 +5452,89 @@
   &lt;td style="text-align: center"&gt;
     &lt;a href="https://api.chelznak.ru/shop/30_let_omon/item_8519/" target="_blank"&gt;8519&lt;/a&gt;
     &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
       &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8519]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН &amp;quot;Гром&amp;quot; УФСВНГ по Республике Кабардино-Балкария» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8519]=1', dialogClass: 'hostcms6'}); return false"&gt;
         &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН &amp;quot;Гром&amp;quot; УФСВНГ по Республике Кабардино-Балкария» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
   &lt;td class="averse_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/8/5/1/item_8519/shop_items_catalog_image8519.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/5/1/item_8519/shop_items_catalog_image8519.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/8/5/1/item_8519/shop_property_file_8519_348643.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/5/1/item_8519/shop_property_file_8519_348643.jpg" /&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/8/5/1/item_8519/shop_property_file_8519_348644.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/5/1/item_8519/shop_property_file_8519_348644.jpg" /&gt;
   &lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
+    <t>https://chelznak.ru/shop/30_let_omon/item_8520/</t>
+  </si>
+  <si>
+    <t>Медаль «30 лет ОМОН УФСВНГ по Республике Калмыкия» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/8/5/2/item_8520/shop_items_catalog_image8520.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/8/5/2/item_8520/shop_property_file_8520_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/8/5/2/item_8520/shop_property_file_8520_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/30_let_omon/item_8520/" target="_blank"&gt;8520&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8520]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН УФСВНГ по Республике Калмыкия» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8520]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН УФСВНГ по Республике Калмыкия» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/8/5/2/item_8520/shop_items_catalog_image8520.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/5/2/item_8520/shop_items_catalog_image8520.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
     <t>https://chelznak.ru/shop/30_let_omon/item_8521/</t>
   </si>
   <si>
     <t>Медаль «30 лет ОМОН УФСВНГ по Республике Карачаево-Черкесия» с бланком удостоверения</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/8/5/2/item_8521/shop_items_catalog_image8521.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/8/5/2/item_8521/shop_property_file_8521_219.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/8/5/2/item_8521/shop_property_file_8521_220.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">
 &lt;tr&gt;
   &lt;td style="text-align: center"&gt;
     &lt;a href="https://api.chelznak.ru/shop/30_let_omon/item_8521/" target="_blank"&gt;8521&lt;/a&gt;
     &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
       &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8521]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН УФСВНГ по Республике Карачаево-Черкесия» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1418&amp;amp;hostcms[checked][1][8521]=1', dialogClass: 'hostcms6'}); return false"&gt;
         &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет ОМОН УФСВНГ по Республике Карачаево-Черкесия» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
@@ -12609,4250 +12649,4109 @@
     &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
       &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1163&amp;amp;hostcms[checked][1][7102]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет ОСН &amp;quot;Беркут&amp;quot; УФСИН РФ» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=1163&amp;amp;hostcms[checked][1][7102]=1', dialogClass: 'hostcms6'}); return false"&gt;
         &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет ОСН &amp;quot;Беркут&amp;quot; УФСИН РФ» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
   &lt;td class="averse_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/7/1/0/item_7102/shop_items_catalog_image7102.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/1/0/item_7102/shop_items_catalog_image7102.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/7/1/0/item_7102/shop_property_file_7102_349044.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/1/0/item_7102/shop_property_file_7102_349044.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/7/1/0/item_7102/shop_property_file_7102_349045.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/1/0/item_7102/shop_property_file_7102_349045.jpg" /&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/7/1/0/item_7102/shop_property_file_7102_349046.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/1/0/item_7102/shop_property_file_7102_349046.jpg" /&gt;
   &lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
-    <t>https://chelznak.ru/shop/30_let_sobr/item_8432/</t>
-[...28 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/8/4/3/item_8432/shop_items_catalog_image8432.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/4/3/item_8432/shop_items_catalog_image8432.jpg" /&gt;
+    <t>https://chelznak.ru/shop/30_let_ubop/item_13979/</t>
+  </si>
+  <si>
+    <t>Медаль «30 лет УБОП» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 30 лет УБОП</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/3/9/item_13979/shop_items_catalog_image13979.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/30_let_ubop/item_13979/" target="_blank"&gt;13979&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][13979]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет УБОП» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][13979]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет УБОП» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/3/9/item_13979/shop_items_catalog_image13979.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/3/9/item_13979/shop_items_catalog_image13979.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293385.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293385.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293386.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293386.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293387.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293387.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/30_let_ubop/item_14007/</t>
+  </si>
+  <si>
+    <t>Знак на колодке «30 лет УБОП-РУБОП» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/0/item_14007/shop_items_catalog_image14007.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/30_let_ubop/item_14007/" target="_blank"&gt;14007&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][14007]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак на колодке «30 лет УБОП-РУБОП» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][14007]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак на колодке «30 лет УБОП-РУБОП» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/0/item_14007/shop_items_catalog_image14007.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/0/item_14007/shop_items_catalog_image14007.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293388.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293388.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293389.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293389.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293390.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293390.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/30_let_ubop/item_14256/</t>
+  </si>
+  <si>
+    <t>Медаль «30 лет УБОП УМВД РФ по Архангельской области» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/2/item_14256/shop_items_catalog_image14256.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/2/item_14256/shop_property_file_14256_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/30_let_ubop/item_14256/" target="_blank"&gt;14256&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][14256]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «30 лет УБОП УМВД РФ по Архангельской области» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][14256]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «30 лет УБОП УМВД РФ по Архангельской области» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/2/item_14256/shop_items_catalog_image14256.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/2/item_14256/shop_items_catalog_image14256.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/2/item_14256/shop_property_file_14256_293407.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/2/item_14256/shop_property_file_14256_293407.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/30_let_ubop/item_15963/</t>
+  </si>
+  <si>
+    <t>Знак на лацкан «30 лет УБОП»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/9/item_15963/shop_items_catalog_image15963.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/9/item_15963/shop_property_file_15963_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/30_let_ubop/item_15963/" target="_blank"&gt;15963&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][15963]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак на лацкан «30 лет УБОП»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=867&amp;amp;hostcms[checked][1][15963]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак на лацкан «30 лет УБОП»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/9/item_15963/shop_items_catalog_image15963.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/9/item_15963/shop_items_catalog_image15963.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/9/item_15963/shop_property_file_15963_293421.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/9/item_15963/shop_property_file_15963_293421.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/morpeh/item_17459/</t>
+  </si>
+  <si>
+    <t>Знак с мечами «315 лет морской пехоте России» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 315 лет морской пехоте России</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17459/shop_items_catalog_image17459.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17459/shop_property_file_17459_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/morpeh/item_17459/" target="_blank"&gt;17459&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][17459]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак с мечами «315 лет морской пехоте России» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][17459]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак с мечами «315 лет морской пехоте России» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17459/shop_items_catalog_image17459.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17459/shop_items_catalog_image17459.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17459/shop_property_file_17459_293481.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17459/shop_property_file_17459_293481.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/morpeh/item_17926/</t>
+  </si>
+  <si>
+    <t>Фрачный знак «315 лет морской пехоте»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17926/shop_items_catalog_image17926.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17926/shop_property_file_17926_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/morpeh/item_17926/" target="_blank"&gt;17926&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][17926]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Фрачный знак «315 лет морской пехоте»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][17926]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Фрачный знак «315 лет морской пехоте»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17926/shop_items_catalog_image17926.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17926/shop_items_catalog_image17926.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17926/shop_property_file_17926_293494.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17926/shop_property_file_17926_293494.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/morpeh/item_17967/</t>
+  </si>
+  <si>
+    <t>Знак «315 лет морской пехоте России» на винтовой закрутке</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17967/shop_items_catalog_image17967.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17967/shop_property_file_17967_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/morpeh/item_17967/" target="_blank"&gt;17967&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][17967]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «315 лет морской пехоте России» на винтовой закрутке&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][17967]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «315 лет морской пехоте России» на винтовой закрутке&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17967/shop_items_catalog_image17967.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17967/shop_items_catalog_image17967.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17967/shop_property_file_17967_293495.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17967/shop_property_file_17967_293495.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/morpeh/item_18479/</t>
+  </si>
+  <si>
+    <t>Знак «315 лет морской пехоте России» на пятиугольной колодке с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/4/item_18479/shop_items_catalog_image18479.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/morpeh/item_18479/" target="_blank"&gt;18479&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][18479]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «315 лет морской пехоте России» на пятиугольной колодке с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][18479]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «315 лет морской пехоте России» на пятиугольной колодке с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/4/item_18479/shop_items_catalog_image18479.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/4/item_18479/shop_items_catalog_image18479.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_293500.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_293500.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_293501.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_293501.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_293502.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/4/item_18479/shop_property_file_18479_293502.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/morpeh/item_18495/</t>
+  </si>
+  <si>
+    <t>Знак двухуровневый «315 лет морской пехоте»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/4/item_18495/shop_items_catalog_image18495.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/4/item_18495/shop_property_file_18495_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/morpeh/item_18495/" target="_blank"&gt;18495&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][18495]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак двухуровневый «315 лет морской пехоте»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=940&amp;amp;hostcms[checked][1][18495]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак двухуровневый «315 лет морской пехоте»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/4/item_18495/shop_items_catalog_image18495.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/4/item_18495/shop_items_catalog_image18495.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/4/item_18495/shop_property_file_18495_293503.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/4/item_18495/shop_property_file_18495_293503.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/army/item_16640/</t>
+  </si>
+  <si>
+    <t>Медаль «320 лет Русской регулярной армии» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 320 лет русской регулярной армии</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/6/item_16640/shop_items_catalog_image16640.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/army/item_16640/" target="_blank"&gt;16640&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=927&amp;amp;hostcms[checked][1][16640]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «320 лет Русской регулярной армии» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=927&amp;amp;hostcms[checked][1][16640]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «320 лет Русской регулярной армии» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/6/item_16640/shop_items_catalog_image16640.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/6/item_16640/shop_items_catalog_image16640.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_293458.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_293458.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_293459.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_293459.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_293460.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/6/item_16640/shop_property_file_16640_293460.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/pojarnaya_ohrana/item_15718/</t>
+  </si>
+  <si>
+    <t>Медаль «370 лет пожарной охране России» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 370 лет пожарной охране России</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/7/item_15718/shop_items_catalog_image15718.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/img/polojeniya/polozhenie-370-let-pozharnoj-ohrane.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/pojarnaya_ohrana/item_15718/" target="_blank"&gt;15718&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][15718]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «370 лет пожарной охране России» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][15718]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «370 лет пожарной охране России» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/7/item_15718/shop_items_catalog_image15718.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/7/item_15718/shop_items_catalog_image15718.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323733.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323733.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323734.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323734.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323735.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323735.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323736.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/7/item_15718/shop_property_file_15718_323736.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/pojarnaya_ohrana/item_16531/</t>
+  </si>
+  <si>
+    <t>Знак на колодке «370 лет пожарной охране России» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16531/shop_items_catalog_image16531.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/pojarnaya_ohrana/item_16531/" target="_blank"&gt;16531&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16531]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак на колодке «370 лет пожарной охране России» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16531]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак на колодке «370 лет пожарной охране России» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16531/shop_items_catalog_image16531.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16531/shop_items_catalog_image16531.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_293444.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_293444.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_293445.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_293445.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_293446.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16531/shop_property_file_16531_293446.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/pojarnaya_ohrana/item_16533/</t>
+  </si>
+  <si>
+    <t>Знак 3х-уровневый «370 лет пожарной охране России» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16533/shop_items_catalog_image16533.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_222.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/pojarnaya_ohrana/item_16533/" target="_blank"&gt;16533&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16533]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак 3х-уровневый «370 лет пожарной охране России» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16533]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак 3х-уровневый «370 лет пожарной охране России» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16533/shop_items_catalog_image16533.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16533/shop_items_catalog_image16533.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_293447.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_293447.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_293448.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_293448.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_293449.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16533/shop_property_file_16533_293449.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/pojarnaya_ohrana/item_16534/</t>
+  </si>
+  <si>
+    <t>Знак на лацкан «370 лет пожарной охране России»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16534/shop_items_catalog_image16534.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16534/shop_property_file_16534_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/pojarnaya_ohrana/item_16534/" target="_blank"&gt;16534&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16534]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак на лацкан «370 лет пожарной охране России»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16534]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак на лацкан «370 лет пожарной охране России»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16534/shop_items_catalog_image16534.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16534/shop_items_catalog_image16534.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16534/shop_property_file_16534_293450.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16534/shop_property_file_16534_293450.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/pojarnaya_ohrana/item_16568/</t>
+  </si>
+  <si>
+    <t>Знак с искусственными камнями «370 лет пожарной охране России» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16568/shop_items_catalog_image16568.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/pojarnaya_ohrana/item_16568/" target="_blank"&gt;16568&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16568]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак с искусственными камнями «370 лет пожарной охране России» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=882&amp;amp;hostcms[checked][1][16568]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак с искусственными камнями «370 лет пожарной охране России» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16568/shop_items_catalog_image16568.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16568/shop_items_catalog_image16568.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_293451.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_293451.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_293452.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_293452.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_293453.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16568/shop_property_file_16568_293453.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/rossiya-krym/item_16800/</t>
+  </si>
+  <si>
+    <t>Медаль «5 лет воссоединения Крыма с Россией» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 5-я годовщина воссоединения Крыма и Севастополя с Россией</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/8/item_16800/shop_items_catalog_image16800.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/rossiya-krym/item_16800/" target="_blank"&gt;16800&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=902&amp;amp;hostcms[checked][1][16800]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «5 лет воссоединения Крыма с Россией» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=902&amp;amp;hostcms[checked][1][16800]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «5 лет воссоединения Крыма с Россией» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/8/item_16800/shop_items_catalog_image16800.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/8/item_16800/shop_items_catalog_image16800.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_293464.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_293464.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_293465.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_293465.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_293466.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/8/item_16800/shop_property_file_16800_293466.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/lrr/item_15617/</t>
+  </si>
+  <si>
+    <t>Медаль «50 лет Лицензионно-разрешительной службе (ЛРР)»</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 50 лет подразделениям лицензионно-разрешительной работы</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/6/item_15617/shop_items_catalog_image15617.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/5/6/item_15617/shop_property_file_15617_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/img/polojeniya/polozhenie-50-let-lrr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/lrr/item_15617/" target="_blank"&gt;15617&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=881&amp;amp;hostcms[checked][1][15617]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «50 лет Лицензионно-разрешительной службе (ЛРР)»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=881&amp;amp;hostcms[checked][1][15617]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «50 лет Лицензионно-разрешительной службе (ЛРР)»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15617/shop_items_catalog_image15617.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15617/shop_items_catalog_image15617.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15617/shop_property_file_15617_323737.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15617/shop_property_file_15617_323737.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/5/6/item_15617/shop_property_file_15617_323738.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/6/item_15617/shop_property_file_15617_323738.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/lrr/item_16281/</t>
+  </si>
+  <si>
+    <t>Медаль «50 лет Лицензионно-разрешительной службе (ЛРР). Ветеран»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/2/item_16281/shop_items_catalog_image16281.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/lrr/item_16281/" target="_blank"&gt;16281&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=881&amp;amp;hostcms[checked][1][16281]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «50 лет Лицензионно-разрешительной службе (ЛРР). Ветеран»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=881&amp;amp;hostcms[checked][1][16281]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «50 лет Лицензионно-разрешительной службе (ЛРР). Ветеран»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/2/item_16281/shop_items_catalog_image16281.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/2/item_16281/shop_items_catalog_image16281.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_293437.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_293437.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_293438.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_293438.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_293439.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/2/item_16281/shop_property_file_16281_293439.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/60_let_atomnomu_podvodnomu_flotu/item_14101/</t>
+  </si>
+  <si>
+    <t>Медаль «60 лет атомному подводному флоту России» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 60 лет атомному подводному флоту</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14101/shop_items_catalog_image14101.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/60_let_atomnomu_podvodnomu_flotu/item_14101/" target="_blank"&gt;14101&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=868&amp;amp;hostcms[checked][1][14101]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «60 лет атомному подводному флоту России» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=868&amp;amp;hostcms[checked][1][14101]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «60 лет атомному подводному флоту России» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14101/shop_items_catalog_image14101.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14101/shop_items_catalog_image14101.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_293392.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_293392.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_293393.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_293393.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_293394.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14101/shop_property_file_14101_293394.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/por65/item_16091/</t>
+  </si>
+  <si>
+    <t>Медаль «65 лет подразделениям особого риска» (ПОР) с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 65 лет подразделениям особого риска</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/0/item_16091/shop_items_catalog_image16091.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/img/polojeniya/polozhenie-65-let-por.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/por65/item_16091/" target="_blank"&gt;16091&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16091]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «65 лет подразделениям особого риска» (ПОР) с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16091]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «65 лет подразделениям особого риска» (ПОР) с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/0/item_16091/shop_items_catalog_image16091.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/0/item_16091/shop_items_catalog_image16091.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323739.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323739.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323740.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323740.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323741.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323741.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323742.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/0/item_16091/shop_property_file_16091_323742.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/por65/item_16587/</t>
+  </si>
+  <si>
+    <t>Знак на колодке «65 лет подразделениям особого риска» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16587/shop_items_catalog_image16587.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/por65/item_16587/" target="_blank"&gt;16587&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16587]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак на колодке «65 лет подразделениям особого риска» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16587]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак на колодке «65 лет подразделениям особого риска» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16587/shop_items_catalog_image16587.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16587/shop_items_catalog_image16587.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293454.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293454.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293455.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293455.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293456.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293456.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293457.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16587/shop_property_file_16587_293457.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/por65/item_16588/</t>
+  </si>
+  <si>
+    <t>Фрачный знак «65 лет подразделениям особого риска (ПОР)» на пуссете</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16588/shop_items_catalog_image16588.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/por65/item_16588/" target="_blank"&gt;16588&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16588]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Фрачный знак «65 лет подразделениям особого риска (ПОР)» на пуссете&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16588]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Фрачный знак «65 лет подразделениям особого риска (ПОР)» на пуссете&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16588/shop_items_catalog_image16588.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16588/shop_items_catalog_image16588.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/por65/item_16589/</t>
+  </si>
+  <si>
+    <t>Знак 2х-уровневый «65 лет подразделениям особого риска» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/5/item_16589/shop_items_catalog_image16589.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/por65/item_16589/" target="_blank"&gt;16589&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16589]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак 2х-уровневый «65 лет подразделениям особого риска» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][16589]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак 2х-уровневый «65 лет подразделениям особого риска» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/5/item_16589/shop_items_catalog_image16589.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/5/item_16589/shop_items_catalog_image16589.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/por65/item_17282/</t>
+  </si>
+  <si>
+    <t>Фрачный знак «65 лет подразделениям особого риска (ПОР)» на винтовой закрутке</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/2/item_17282/shop_items_catalog_image17282.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/2/item_17282/shop_property_file_17282_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/por65/item_17282/" target="_blank"&gt;17282&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][17282]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Фрачный знак «65 лет подразделениям особого риска (ПОР)» на винтовой закрутке&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=904&amp;amp;hostcms[checked][1][17282]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Фрачный знак «65 лет подразделениям особого риска (ПОР)» на винтовой закрутке&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/2/item_17282/shop_items_catalog_image17282.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/2/item_17282/shop_items_catalog_image17282.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/2/item_17282/shop_property_file_17282_293469.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/2/item_17282/shop_property_file_17282_293469.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_gsvg/item_17770/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет ГСВГ» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 75 лет ГСВГ (Группе Советских войск в Германии)</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/7/item_17770/shop_items_catalog_image17770.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_222.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_gsvg/item_17770/" target="_blank"&gt;17770&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=941&amp;amp;hostcms[checked][1][17770]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет ГСВГ» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=941&amp;amp;hostcms[checked][1][17770]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет ГСВГ» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/7/item_17770/shop_items_catalog_image17770.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/7/item_17770/shop_items_catalog_image17770.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293485.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293485.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293486.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293486.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293487.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293487.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293488.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/7/item_17770/shop_property_file_17770_293488.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_gsvg/item_17773/</t>
+  </si>
+  <si>
+    <t>Знак «75 лет ГСВГ»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/7/item_17773/shop_items_catalog_image17773.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/7/item_17773/shop_property_file_17773_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_gsvg/item_17773/" target="_blank"&gt;17773&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=941&amp;amp;hostcms[checked][1][17773]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «75 лет ГСВГ»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=941&amp;amp;hostcms[checked][1][17773]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «75 лет ГСВГ»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/7/item_17773/shop_items_catalog_image17773.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/7/item_17773/shop_items_catalog_image17773.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/7/item_17773/shop_property_file_17773_293489.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/7/item_17773/shop_property_file_17773_293489.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_149/</t>
+  </si>
+  <si>
+    <t>Коллекция медалей «75 лет Победы в ВОВ» (2 вариант)</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 75 лет Победы</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/9/item_149/shop_items_catalog_image149.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/9/item_149/shop_property_file_149_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/9/item_149/shop_property_file_149_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_149/" target="_blank"&gt;149&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][149]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Коллекция медалей «75 лет Победы в ВОВ» (2 вариант)&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][149]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Коллекция медалей «75 лет Победы в ВОВ» (2 вариант)&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/9/item_149/shop_items_catalog_image149.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/9/item_149/shop_items_catalog_image149.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/9/item_149/shop_property_file_149_323455.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/9/item_149/shop_property_file_149_323455.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/8/4/3/item_8432/shop_property_file_8432_349052.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/4/3/item_8432/shop_property_file_8432_349052.jpg" /&gt;
-[...32 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/8/4/3/item_8433/shop_items_catalog_image8433.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/4/3/item_8433/shop_items_catalog_image8433.jpg" /&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/9/item_149/shop_property_file_149_323456.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/9/item_149/shop_property_file_149_323456.jpg" /&gt;
+  &lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_16106/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет Победы в ВОВ» d 34 мм  с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/1/item_16106/shop_items_catalog_image16106.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_16106/" target="_blank"&gt;16106&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][16106]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы в ВОВ» d 34 мм  с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][16106]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы в ВОВ» d 34 мм  с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/1/item_16106/shop_items_catalog_image16106.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/1/item_16106/shop_items_catalog_image16106.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_293426.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_293426.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_293427.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_293427.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_293428.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/1/item_16106/shop_property_file_16106_293428.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_16724/</t>
+  </si>
+  <si>
+    <t>Фрачный знак «75 лет Великой Победы»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/7/item_16724/shop_items_catalog_image16724.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/7/item_16724/shop_property_file_16724_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_16724/" target="_blank"&gt;16724&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][16724]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Фрачный знак «75 лет Великой Победы»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][16724]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Фрачный знак «75 лет Великой Победы»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/7/item_16724/shop_items_catalog_image16724.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/7/item_16724/shop_items_catalog_image16724.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/7/item_16724/shop_property_file_16724_293461.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/7/item_16724/shop_property_file_16724_293461.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_16725/</t>
+  </si>
+  <si>
+    <t>Знак «75 лет Великой Победы» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/7/item_16725/shop_items_catalog_image16725.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/6/7/item_16725/shop_property_file_16725_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_16725/" target="_blank"&gt;16725&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][16725]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «75 лет Великой Победы» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][16725]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «75 лет Великой Победы» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/7/item_16725/shop_items_catalog_image16725.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/7/item_16725/shop_items_catalog_image16725.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/6/7/item_16725/shop_property_file_16725_293462.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/6/7/item_16725/shop_property_file_16725_293462.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_17505/</t>
+  </si>
+  <si>
+    <t>Нагрудный знак «75 лет Победы в Великой Отечественной войне»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/5/item_17505/shop_items_catalog_image17505.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/5/item_17505/shop_property_file_17505_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_17505/" target="_blank"&gt;17505&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][17505]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Нагрудный знак «75 лет Победы в Великой Отечественной войне»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][17505]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Нагрудный знак «75 лет Победы в Великой Отечественной войне»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/5/item_17505/shop_items_catalog_image17505.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/5/item_17505/shop_items_catalog_image17505.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/5/item_17505/shop_property_file_17505_293482.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/5/item_17505/shop_property_file_17505_293482.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_18583/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет Победы в Великой Отечественной войне 1941 - 1945 гг.» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/5/item_18583/shop_items_catalog_image18583.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_222.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_223.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/img/polojeniya/medal_75let_pobedy/uk_2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_18583/" target="_blank"&gt;18583&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][18583]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы в Великой Отечественной войне 1941 - 1945 гг.» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][18583]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы в Великой Отечественной войне 1941 - 1945 гг.» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/5/item_18583/shop_items_catalog_image18583.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/5/item_18583/shop_items_catalog_image18583.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323743.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323743.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323744.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323744.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323745.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323745.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323746.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323746.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323747.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/8/5/item_18583/shop_property_file_18583_323747.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19182/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет Победы в ВОВ» d 34 мм (Казахстан) с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/1/item_19182/shop_items_catalog_image19182.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19182/" target="_blank"&gt;19182&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19182]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы в ВОВ» d 34 мм (Казахстан) с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19182]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы в ВОВ» d 34 мм (Казахстан) с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/1/item_19182/shop_items_catalog_image19182.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/1/item_19182/shop_items_catalog_image19182.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_293517.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_293517.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_293518.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_293518.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_293519.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/1/item_19182/shop_property_file_19182_293519.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19430/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет окончанию Второй мировой войны» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19430/shop_items_catalog_image19430.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_222.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19430/" target="_blank"&gt;19430&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19430]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет окончанию Второй мировой войны» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19430]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет окончанию Второй мировой войны» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19430/shop_items_catalog_image19430.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19430/shop_items_catalog_image19430.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323457.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323457.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323458.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323458.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323459.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323459.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323460.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19430/shop_property_file_19430_323460.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19432/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет Победы над Японией» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19432/shop_items_catalog_image19432.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19432/" target="_blank"&gt;19432&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19432]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы над Японией» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19432]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы над Японией» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19432/shop_items_catalog_image19432.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19432/shop_items_catalog_image19432.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293529.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293529.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293530.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293530.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293531.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293531.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293532.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19432/shop_property_file_19432_293532.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19446/</t>
+  </si>
+  <si>
+    <t>Медаль «Труженику тыла. 75 лет Победы в Великой Отечественной войне» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19446/shop_items_catalog_image19446.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19446/" target="_blank"&gt;19446&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19446]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «Труженику тыла. 75 лет Победы в Великой Отечественной войне» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19446]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «Труженику тыла. 75 лет Победы в Великой Отечественной войне» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19446/shop_items_catalog_image19446.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19446/shop_items_catalog_image19446.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_293534.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_293534.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_293535.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_293535.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_293536.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/4/item_19446/shop_property_file_19446_293536.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19580/</t>
+  </si>
+  <si>
+    <t>Знак-логотип «75 лет Победы»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/5/item_19580/shop_items_catalog_image19580.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/5/item_19580/shop_property_file_19580_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19580/" target="_blank"&gt;19580&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19580]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак-логотип «75 лет Победы»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19580]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак-логотип «75 лет Победы»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/5/item_19580/shop_items_catalog_image19580.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/5/item_19580/shop_items_catalog_image19580.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/5/item_19580/shop_property_file_19580_293537.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/5/item_19580/shop_property_file_19580_293537.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19713/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет Победы над Германией» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19713/shop_items_catalog_image19713.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19713/" target="_blank"&gt;19713&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19713]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы над Германией» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19713]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы над Германией» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19713/shop_items_catalog_image19713.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19713/shop_items_catalog_image19713.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293538.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293538.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293539.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293539.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293540.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293540.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293541.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19713/shop_property_file_19713_293541.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19718/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет взятия Берлина» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19718/shop_items_catalog_image19718.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19718/" target="_blank"&gt;19718&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19718]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Берлина» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19718]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Берлина» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19718/shop_items_catalog_image19718.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19718/shop_items_catalog_image19718.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/8/4/3/item_8434/shop_items_catalog_image8434.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/4/3/item_8434/shop_items_catalog_image8434.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19719/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет взятия Будапешта» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19719/shop_items_catalog_image19719.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19719/" target="_blank"&gt;19719&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19719]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Будапешта» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19719]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Будапешта» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19719/shop_items_catalog_image19719.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19719/shop_items_catalog_image19719.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/8/4/3/item_8435/shop_items_catalog_image8435.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/4/3/item_8435/shop_items_catalog_image8435.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19720/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет взятия Вены» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19720/shop_items_catalog_image19720.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19720/" target="_blank"&gt;19720&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19720]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Вены» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19720]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Вены» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19720/shop_items_catalog_image19720.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19720/shop_items_catalog_image19720.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/8/4/3/item_8436/shop_items_catalog_image8436.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/4/3/item_8436/shop_items_catalog_image8436.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19721/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет освобождения Варшавы» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19721/shop_items_catalog_image19721.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19721/" target="_blank"&gt;19721&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19721]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет освобождения Варшавы» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19721]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет освобождения Варшавы» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19721/shop_items_catalog_image19721.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19721/shop_items_catalog_image19721.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/8/4/3/item_8437/shop_items_catalog_image8437.jpg" class="js-preview-zoom" data-href="/upload/shop_1/8/4/3/item_8437/shop_items_catalog_image8437.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19722/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет освобождения Праги» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19722/shop_items_catalog_image19722.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19722/" target="_blank"&gt;19722&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19722]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет освобождения Праги» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19722]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет освобождения Праги» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19722/shop_items_catalog_image19722.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19722/shop_items_catalog_image19722.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...2727 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48339/shop_items_catalog_image48339.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48339/shop_items_catalog_image48339.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19729/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет Победы над Германией» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19729/shop_items_catalog_image19729.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19729/" target="_blank"&gt;19729&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19729]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет Победы над Германией» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19729]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет Победы над Германией» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19729/shop_items_catalog_image19729.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19729/shop_items_catalog_image19729.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_323751.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_323751.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_323752.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_323752.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_323753.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19729/shop_property_file_19729_323753.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19737/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет взятия Берлина» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19737/shop_items_catalog_image19737.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19737/shop_property_file_19737_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19737/shop_property_file_19737_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19737/" target="_blank"&gt;19737&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19737]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Берлина» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19737]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Берлина» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19737/shop_items_catalog_image19737.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19737/shop_items_catalog_image19737.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19737/shop_property_file_19737_323754.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19737/shop_property_file_19737_323754.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19737/shop_property_file_19737_323755.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19737/shop_property_file_19737_323755.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19738/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет взятия Будапешта» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19738/shop_items_catalog_image19738.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19738/shop_property_file_19738_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19738/shop_property_file_19738_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19738/" target="_blank"&gt;19738&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19738]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Будапешта» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19738]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Будапешта» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19738/shop_items_catalog_image19738.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19738/shop_items_catalog_image19738.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19738/shop_property_file_19738_323756.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19738/shop_property_file_19738_323756.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19738/shop_property_file_19738_323757.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19738/shop_property_file_19738_323757.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19739/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет взятия Вены» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19739/shop_items_catalog_image19739.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19739/shop_property_file_19739_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19739/shop_property_file_19739_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19739/" target="_blank"&gt;19739&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19739]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Вены» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19739]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Вены» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19739/shop_items_catalog_image19739.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19739/shop_items_catalog_image19739.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19739/shop_property_file_19739_323758.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19739/shop_property_file_19739_323758.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19739/shop_property_file_19739_323759.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19739/shop_property_file_19739_323759.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19740/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет освобождения Варшавы» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19740/shop_items_catalog_image19740.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19740/shop_property_file_19740_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19740/shop_property_file_19740_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19740/" target="_blank"&gt;19740&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19740]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет освобождения Варшавы» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19740]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет освобождения Варшавы» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19740/shop_items_catalog_image19740.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19740/shop_items_catalog_image19740.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19740/shop_property_file_19740_323760.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19740/shop_property_file_19740_323760.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19740/shop_property_file_19740_323761.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19740/shop_property_file_19740_323761.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19741/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет освобождения Праги» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19741/shop_items_catalog_image19741.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19741/shop_property_file_19741_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19741/shop_property_file_19741_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19741/" target="_blank"&gt;19741&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19741]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет освобождения Праги» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19741]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет освобождения Праги» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19741/shop_items_catalog_image19741.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19741/shop_items_catalog_image19741.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19741/shop_property_file_19741_323762.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19741/shop_property_file_19741_323762.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19741/shop_property_file_19741_323763.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19741/shop_property_file_19741_323763.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19742/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет взятия Кенигсберга» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19742/shop_items_catalog_image19742.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19742/shop_property_file_19742_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19742/shop_property_file_19742_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19742/" target="_blank"&gt;19742&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19742]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Кенигсберга» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19742]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет взятия Кенигсберга» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19742/shop_items_catalog_image19742.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19742/shop_items_catalog_image19742.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19742/shop_property_file_19742_323764.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19742/shop_property_file_19742_323764.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19742/shop_property_file_19742_323765.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19742/shop_property_file_19742_323765.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19744/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет взятия Кенигсберга» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19744/shop_items_catalog_image19744.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19744/shop_property_file_19744_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19744/shop_property_file_19744_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19744/" target="_blank"&gt;19744&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19744]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Кенигсберга» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19744]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет взятия Кенигсберга» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19744/shop_items_catalog_image19744.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19744/shop_items_catalog_image19744.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19744/shop_property_file_19744_323766.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19744/shop_property_file_19744_323766.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19744/shop_property_file_19744_323767.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19744/shop_property_file_19744_323767.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19746/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет Победы над Японией» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19746/shop_items_catalog_image19746.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19746/shop_property_file_19746_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19746/shop_property_file_19746_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19746/" target="_blank"&gt;19746&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19746]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет Победы над Японией» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19746]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет Победы над Японией» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19746/shop_items_catalog_image19746.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19746/shop_items_catalog_image19746.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19746/shop_property_file_19746_323768.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19746/shop_property_file_19746_323768.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19746/shop_property_file_19746_323769.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19746/shop_property_file_19746_323769.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_19884/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет Великой Победы» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/8/item_19884/shop_items_catalog_image19884.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/8/item_19884/shop_property_file_19884_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/8/item_19884/shop_property_file_19884_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_19884/" target="_blank"&gt;19884&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19884]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет Великой Победы» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][19884]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет Великой Победы» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/8/item_19884/shop_items_catalog_image19884.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/8/item_19884/shop_items_catalog_image19884.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/8/item_19884/shop_property_file_19884_323770.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/8/item_19884/shop_property_file_19884_323770.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/8/item_19884/shop_property_file_19884_323771.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/8/item_19884/shop_property_file_19884_323771.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_20569/</t>
+  </si>
+  <si>
+    <t>Медаль «За участие в автопробеге в ознаменование 75-летия Победы в ВОВ 41-45 гг.» с бл. удостовер.</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/5/item_20569/shop_items_catalog_image20569.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/5/item_20569/shop_property_file_20569_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/5/item_20569/shop_property_file_20569_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20569/" target="_blank"&gt;20569&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20569]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «За участие в автопробеге в ознаменование 75-летия Победы в ВОВ 41-45 гг.» с бл. удостовер.&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20569]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «За участие в автопробеге в ознаменование 75-летия Победы в ВОВ 41-45 гг.» с бл. удостовер.&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/5/item_20569/shop_items_catalog_image20569.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/5/item_20569/shop_items_catalog_image20569.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48339/shop_property_file_48339_349202.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48339/shop_property_file_48339_349202.jpg" /&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/5/item_20569/shop_property_file_20569_293551.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/5/item_20569/shop_property_file_20569_293551.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="blank_2_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48339/shop_property_file_48339_349203.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48339/shop_property_file_48339_349203.jpg" /&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/5/item_20569/shop_property_file_20569_293552.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/5/item_20569/shop_property_file_20569_293552.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_20576/</t>
+  </si>
+  <si>
+    <t>Коллекция медалей «75 лет Победы в Великой Отечественной войне»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/5/item_20576/shop_items_catalog_image20576.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/5/item_20576/shop_property_file_20576_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/5/item_20576/shop_property_file_20576_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20576/" target="_blank"&gt;20576&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20576]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Коллекция медалей «75 лет Победы в Великой Отечественной войне»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20576]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Коллекция медалей «75 лет Победы в Великой Отечественной войне»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/5/item_20576/shop_items_catalog_image20576.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/5/item_20576/shop_items_catalog_image20576.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/5/item_20576/shop_property_file_20576_323772.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/5/item_20576/shop_property_file_20576_323772.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48339/shop_property_file_48339_349204.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48339/shop_property_file_48339_349204.jpg" /&gt;
-[...32 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48372/shop_items_catalog_image48372.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48372/shop_items_catalog_image48372.jpg" /&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/5/item_20576/shop_property_file_20576_323773.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/5/item_20576/shop_property_file_20576_323773.jpg" /&gt;
+  &lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_20680/</t>
+  </si>
+  <si>
+    <t>Медаль «75 лет Победы советского народа в ВОВ.КПСС», d34 мм с бл. удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/6/item_20680/shop_items_catalog_image20680.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_222.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_223.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20680/" target="_blank"&gt;20680&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20680]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы советского народа в ВОВ.КПСС», d34 мм с бл. удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20680]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «75 лет Победы советского народа в ВОВ.КПСС», d34 мм с бл. удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/6/item_20680/shop_items_catalog_image20680.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/6/item_20680/shop_items_catalog_image20680.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_293553.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_293553.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_293554.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_293554.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_293555.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/6/item_20680/shop_property_file_20680_293555.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_20873/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «За участие в параде в ознаменование 75-летия Победы в ВОВ 41–45 гг.» с георг.лент.</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20873/shop_items_catalog_image20873.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20873/" target="_blank"&gt;20873&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20873]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «За участие в параде в ознаменование 75-летия Победы в ВОВ 41–45 гг.» с георг.лент.&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20873]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «За участие в параде в ознаменование 75-летия Победы в ВОВ 41–45 гг.» с георг.лент.&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20873/shop_items_catalog_image20873.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20873/shop_items_catalog_image20873.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_323774.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_323774.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_323775.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_323775.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_323776.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20873/shop_property_file_20873_323776.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_20874/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «75 лет окончанию Второй мировой войны» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20874/shop_items_catalog_image20874.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20874/" target="_blank"&gt;20874&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20874]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет окончанию Второй мировой войны» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20874]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «75 лет окончанию Второй мировой войны» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20874/shop_items_catalog_image20874.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20874/shop_items_catalog_image20874.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_323777.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_323777.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_323778.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_323778.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_323779.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20874/shop_property_file_20874_323779.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_20875/</t>
+  </si>
+  <si>
+    <t>Медаль в капсуле «Труженику тыла» с георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20875/shop_items_catalog_image20875.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20875/" target="_blank"&gt;20875&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20875]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль в капсуле «Труженику тыла» с георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20875]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль в капсуле «Труженику тыла» с георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20875/shop_items_catalog_image20875.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20875/shop_items_catalog_image20875.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_323780.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_323780.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_323781.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_323781.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_323782.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/8/item_20875/shop_property_file_20875_323782.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_20920/</t>
+  </si>
+  <si>
+    <t>Поздравительная открытка с медалью «75 лет Победы в Великой Отечественной войне 1941—1945 гг.» и георгиевской лентой</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/9/item_20920/shop_items_catalog_image20920.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20920/" target="_blank"&gt;20920&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20920]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Поздравительная открытка с медалью «75 лет Победы в Великой Отечественной войне 1941—1945 гг.» и георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20920]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Поздравительная открытка с медалью «75 лет Победы в Великой Отечественной войне 1941—1945 гг.» и георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/9/item_20920/shop_items_catalog_image20920.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/9/item_20920/shop_items_catalog_image20920.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323783.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323783.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323784.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323784.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/75_let_pobedy/item_34934/</t>
+  </si>
+  <si>
+    <t>Коллекция из 8 медалей «75 лет Великой Победы»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34934/shop_items_catalog_image34934.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_34934/" target="_blank"&gt;34934&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][34934]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Коллекция из 8 медалей «75 лет Великой Победы»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][34934]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Коллекция из 8 медалей «75 лет Великой Победы»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/4/9/item_34934/shop_items_catalog_image34934.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/4/9/item_34934/shop_items_catalog_image34934.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_323785.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_323785.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_323786.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_323786.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_323787.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_323787.jpg" /&gt;
+  &lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_vdv/item_17403/</t>
+  </si>
+  <si>
+    <t>Медаль «90 лет ВДВ» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 90 лет ВДВ</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17403/shop_items_catalog_image17403.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/img/polojeniya/polozhenie-90-let-vdv.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_vdv/item_17403/" target="_blank"&gt;17403&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17403]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «90 лет ВДВ» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17403]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «90 лет ВДВ» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17403/shop_items_catalog_image17403.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17403/shop_items_catalog_image17403.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323788.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323788.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323789.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323789.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323790.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323790.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323791.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323791.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323792.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17403/shop_property_file_17403_323792.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_vdv/item_17405/</t>
+  </si>
+  <si>
+    <t>Знак «90 лет ВДВ» на винтовой закрутке</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17405/shop_items_catalog_image17405.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17405/shop_property_file_17405_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/4/item_17405/shop_property_file_17405_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_vdv/item_17405/" target="_blank"&gt;17405&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17405]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «90 лет ВДВ» на винтовой закрутке&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17405]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «90 лет ВДВ» на винтовой закрутке&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17405/shop_items_catalog_image17405.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17405/shop_items_catalog_image17405.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17405/shop_property_file_17405_323793.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17405/shop_property_file_17405_323793.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17405/shop_property_file_17405_323794.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17405/shop_property_file_17405_323794.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_vdv/item_17827/</t>
+  </si>
+  <si>
+    <t>Орденский знак «90 лет ВДВ»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/8/item_17827/shop_items_catalog_image17827.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_vdv/item_17827/" target="_blank"&gt;17827&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17827]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Орденский знак «90 лет ВДВ»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17827]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Орденский знак «90 лет ВДВ»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/8/item_17827/shop_items_catalog_image17827.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/8/item_17827/shop_items_catalog_image17827.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48373/shop_items_catalog_image48373.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48373/shop_items_catalog_image48373.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_vdv/item_17919/</t>
+  </si>
+  <si>
+    <t>Орденский знак «90 лет ВДВ» I степени (литье с позолотой)</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17919/shop_items_catalog_image17919.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17919/shop_property_file_17919_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17919/shop_property_file_17919_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_vdv/item_17919/" target="_blank"&gt;17919&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17919]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Орденский знак «90 лет ВДВ» I степени (литье с позолотой)&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17919]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Орденский знак «90 лет ВДВ» I степени (литье с позолотой)&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17919/shop_items_catalog_image17919.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17919/shop_items_catalog_image17919.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17919/shop_property_file_17919_323795.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17919/shop_property_file_17919_323795.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17919/shop_property_file_17919_323796.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17919/shop_property_file_17919_323796.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_vdv/item_17921/</t>
+  </si>
+  <si>
+    <t>Орденский знак «90 лет ВДВ» II степени (литье с серебрением)</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17921/shop_items_catalog_image17921.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17921/shop_property_file_17921_132.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/7/9/item_17921/shop_property_file_17921_220.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_vdv/item_17921/" target="_blank"&gt;17921&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17921]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Орденский знак «90 лет ВДВ» II степени (литье с серебрением)&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][17921]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Орденский знак «90 лет ВДВ» II степени (литье с серебрением)&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17921/shop_items_catalog_image17921.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17921/shop_items_catalog_image17921.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17921/shop_property_file_17921_323797.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17921/shop_property_file_17921_323797.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/7/9/item_17921/shop_property_file_17921_323798.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/9/item_17921/shop_property_file_17921_323798.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_vdv/item_19798/</t>
+  </si>
+  <si>
+    <t>Знак «90 лет ВДВ», 1 степень</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19798/shop_items_catalog_image19798.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/9/7/item_19798/shop_property_file_19798_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_vdv/item_19798/" target="_blank"&gt;19798&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][19798]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «90 лет ВДВ», 1 степень&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][19798]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «90 лет ВДВ», 1 степень&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19798/shop_items_catalog_image19798.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19798/shop_items_catalog_image19798.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/9/7/item_19798/shop_property_file_19798_293548.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/9/7/item_19798/shop_property_file_19798_293548.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_vdv/item_34979/</t>
+  </si>
+  <si>
+    <t>Знак «90 лет ВДВ», 2 степень</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34979/shop_items_catalog_image34979.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34979/shop_property_file_34979_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_vdv/item_34979/" target="_blank"&gt;34979&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][34979]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «90 лет ВДВ», 2 степень&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=930&amp;amp;hostcms[checked][1][34979]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «90 лет ВДВ», 2 степень&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/4/9/item_34979/shop_items_catalog_image34979.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/4/9/item_34979/shop_items_catalog_image34979.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/4/9/item_34979/shop_property_file_34979_293574.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/4/9/item_34979/shop_property_file_34979_293574.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_let_dosaaf/item_11326/</t>
+  </si>
+  <si>
+    <t>Медаль «90 лет ДОСААФ России» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 90 лет ДОСААФ России</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11326/shop_items_catalog_image11326.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11326/shop_property_file_11326_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11326/shop_property_file_11326_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11326/shop_property_file_11326_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_let_dosaaf/item_11326/" target="_blank"&gt;11326&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11326]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «90 лет ДОСААФ России» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11326]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «90 лет ДОСААФ России» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11326/shop_items_catalog_image11326.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11326/shop_items_catalog_image11326.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48374/shop_items_catalog_image48374.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48374/shop_items_catalog_image48374.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_let_dosaaf/item_11330/</t>
+  </si>
+  <si>
+    <t>Медаль «90 лет ДОСААФ России. Ветеран» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11330/shop_items_catalog_image11330.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_let_dosaaf/item_11330/" target="_blank"&gt;11330&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11330]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «90 лет ДОСААФ России. Ветеран» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11330]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «90 лет ДОСААФ России. Ветеран» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11330/shop_items_catalog_image11330.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11330/shop_items_catalog_image11330.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_293307.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_293307.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_293308.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_293308.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_293309.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11330/shop_property_file_11330_293309.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_let_dosaaf/item_11337/</t>
+  </si>
+  <si>
+    <t>Знак 2-уровневый «90 лет ДОСААФ России»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11337/shop_items_catalog_image11337.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11337/shop_property_file_11337_219.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_let_dosaaf/item_11337/" target="_blank"&gt;11337&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11337]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак 2-уровневый «90 лет ДОСААФ России»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11337]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак 2-уровневый «90 лет ДОСААФ России»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11337/shop_items_catalog_image11337.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11337/shop_items_catalog_image11337.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11337/shop_property_file_11337_293310.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11337/shop_property_file_11337_293310.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_let_dosaaf/item_11341/</t>
+  </si>
+  <si>
+    <t>Вымпел «90 лет ДОСААФ России»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/3/item_11341/shop_items_catalog_image11341.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_let_dosaaf/item_11341/" target="_blank"&gt;11341&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11341]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Вымпел «90 лет ДОСААФ России»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11341]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Вымпел «90 лет ДОСААФ России»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/3/item_11341/shop_items_catalog_image11341.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/3/item_11341/shop_items_catalog_image11341.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48375/shop_items_catalog_image48375.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48375/shop_items_catalog_image48375.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_let_dosaaf/item_11403/</t>
+  </si>
+  <si>
+    <t>Нагрудный знак «90 лет ДОСААФ России » с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/1/4/item_11403/shop_items_catalog_image11403.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_let_dosaaf/item_11403/" target="_blank"&gt;11403&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11403]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Нагрудный знак «90 лет ДОСААФ России » с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][11403]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Нагрудный знак «90 лет ДОСААФ России » с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/1/4/item_11403/shop_items_catalog_image11403.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/1/4/item_11403/shop_items_catalog_image11403.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...33 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/4/8/3/item_48376/shop_items_catalog_image48376.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/8/3/item_48376/shop_items_catalog_image48376.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/90_let_dosaaf/item_12250/</t>
+  </si>
+  <si>
+    <t>Знак 2-уровневый «90 лет ДОСААФ России» на колодке с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/2/2/item_12250/shop_items_catalog_image12250.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_221.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/90_let_dosaaf/item_12250/" target="_blank"&gt;12250&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][12250]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак 2-уровневый «90 лет ДОСААФ России» на колодке с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=828&amp;amp;hostcms[checked][1][12250]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак 2-уровневый «90 лет ДОСААФ России» на колодке с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/2/2/item_12250/shop_items_catalog_image12250.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/2/2/item_12250/shop_items_catalog_image12250.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_293346.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_293346.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_293347.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_293347.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_293348.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/2/2/item_12250/shop_property_file_12250_293348.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/95ppsp/item_14129/</t>
+  </si>
+  <si>
+    <t>Медаль «95 лет патрульно-постовой службе полиции ППС» с бланком удостоверения</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 95 лет патрульно-постовой службе полиции</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14129/shop_items_catalog_image14129.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/img/polojeniya/polozhenie-95-let-pps.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/95ppsp/item_14129/" target="_blank"&gt;14129&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=869&amp;amp;hostcms[checked][1][14129]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «95 лет патрульно-постовой службе полиции ППС» с бланком удостоверения&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=869&amp;amp;hostcms[checked][1][14129]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «95 лет патрульно-постовой службе полиции ППС» с бланком удостоверения&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14129/shop_items_catalog_image14129.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14129/shop_items_catalog_image14129.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323799.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323799.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323800.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323800.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323801.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323801.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323802.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14129/shop_property_file_14129_323802.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/95uup/item_14130/</t>
+  </si>
+  <si>
+    <t>Медаль «95 лет службе участковых уполномоченных полиции» с бланком удостоверения (Вид 2)</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → 95 лет службе участковых уполномоченных полиции</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14130/shop_items_catalog_image14130.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_219.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_220.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_221.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/img/polojeniya/polozhenie-95-let-uup.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/95uup/item_14130/" target="_blank"&gt;14130&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=870&amp;amp;hostcms[checked][1][14130]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «95 лет службе участковых уполномоченных полиции» с бланком удостоверения (Вид 2)&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=870&amp;amp;hostcms[checked][1][14130]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «95 лет службе участковых уполномоченных полиции» с бланком удостоверения (Вид 2)&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14130/shop_items_catalog_image14130.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14130/shop_items_catalog_image14130.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323803.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323803.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323804.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323804.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323805.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323805.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323806.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/1/item_14130/shop_property_file_14130_323806.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_27/</t>
+  </si>
+  <si>
+    <t>Знак «За службу в Центре ядерного обеспечения  РФ»</t>
+  </si>
+  <si>
+    <t>Челзнак.ру → Вооруженные силы → Архив знаков «Вооруженные силы»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/0/2/7/item_27/shop_items_catalog_image27.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_27/" target="_blank"&gt;27&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][27]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «За службу в Центре ядерного обеспечения  РФ»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][27]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «За службу в Центре ядерного обеспечения  РФ»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/0/2/7/item_27/shop_items_catalog_image27.jpg" class="js-preview-zoom" data-href="/upload/shop_1/0/2/7/item_27/shop_items_catalog_image27.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
-  &lt;td class="additionals_large"&gt;
-[...39 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/1/3/9/item_13979/shop_items_catalog_image13979.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/3/9/item_13979/shop_items_catalog_image13979.jpg" /&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_28/</t>
+  </si>
+  <si>
+    <t>Знак "За заслуги в ядерном обеспечении" с удостоверением</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/0/2/8/item_28/shop_items_catalog_image28.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/0/2/8/item_28/shop_property_file_28_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_28/" target="_blank"&gt;28&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][28]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак &amp;quot;За заслуги в ядерном обеспечении&amp;quot; с удостоверением&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][28]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак &amp;quot;За заслуги в ядерном обеспечении&amp;quot; с удостоверением&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/0/2/8/item_28/shop_items_catalog_image28.jpg" class="js-preview-zoom" data-href="/upload/shop_1/0/2/8/item_28/shop_items_catalog_image28.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293385.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/3/9/item_13979/shop_property_file_13979_293385.jpg" /&gt;
-[...6 lines deleted...]
-  &lt;/td&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/0/2/8/item_28/shop_property_file_28_293078.jpg" class="js-preview-zoom" data-href="/upload/shop_1/0/2/8/item_28/shop_property_file_28_293078.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
-    <t>https://chelznak.ru/shop/30_let_ubop/item_14007/</t>
-[...28 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/1/4/0/item_14007/shop_items_catalog_image14007.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/0/item_14007/shop_items_catalog_image14007.jpg" /&gt;
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_265/</t>
+  </si>
+  <si>
+    <t>Медаль «90 лет военным комиссариатам МО РФ»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/6/5/item_265/shop_items_catalog_image265.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_265/" target="_blank"&gt;265&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][265]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «90 лет военным комиссариатам МО РФ»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][265]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «90 лет военным комиссариатам МО РФ»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/6/5/item_265/shop_items_catalog_image265.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/6/5/item_265/shop_items_catalog_image265.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_272/</t>
+  </si>
+  <si>
+    <t>Знак «50 лет в\ч 28108»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/2/7/2/item_272/shop_items_catalog_image272.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_272/" target="_blank"&gt;272&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][272]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «50 лет в\ч 28108»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][272]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «50 лет в\ч 28108»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/2/7/2/item_272/shop_items_catalog_image272.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/7/2/item_272/shop_items_catalog_image272.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_310/</t>
+  </si>
+  <si>
+    <t>Медаль «10 лет ОООВИУРКВ ЕАО»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/1/0/item_310/shop_items_catalog_image310.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_310/" target="_blank"&gt;310&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][310]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «10 лет ОООВИУРКВ ЕАО»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][310]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «10 лет ОООВИУРКВ ЕАО»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/1/0/item_310/shop_items_catalog_image310.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/1/0/item_310/shop_items_catalog_image310.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_312/</t>
+  </si>
+  <si>
+    <t>Знак «50 лет аварийно-испытательному отделу»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/3/1/2/item_312/shop_items_catalog_image312.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_312/" target="_blank"&gt;312&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][312]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «50 лет аварийно-испытательному отделу»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][312]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «50 лет аварийно-испытательному отделу»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/3/1/2/item_312/shop_items_catalog_image312.jpg" class="js-preview-zoom" data-href="/upload/shop_1/3/1/2/item_312/shop_items_catalog_image312.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_448/</t>
+  </si>
+  <si>
+    <t>Знак «90 лет военным комиссариатам МО»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/4/4/8/item_448/shop_items_catalog_image448.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_448/" target="_blank"&gt;448&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][448]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «90 лет военным комиссариатам МО»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][448]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «90 лет военным комиссариатам МО»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/4/4/8/item_448/shop_items_catalog_image448.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/4/8/item_448/shop_items_catalog_image448.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_463/</t>
+  </si>
+  <si>
+    <t>Знак  «Об окончании военной Академии Республики Беларусь»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/4/6/3/item_463/shop_items_catalog_image463.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_463/" target="_blank"&gt;463&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][463]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак  «Об окончании военной Академии Республики Беларусь»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][463]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак  «Об окончании военной Академии Республики Беларусь»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/4/6/3/item_463/shop_items_catalog_image463.jpg" class="js-preview-zoom" data-href="/upload/shop_1/4/6/3/item_463/shop_items_catalog_image463.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_502/</t>
+  </si>
+  <si>
+    <t>Знак «40 лет событиям на о.Даманский»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/5/0/2/item_502/shop_items_catalog_image502.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_502/" target="_blank"&gt;502&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][502]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «40 лет событиям на о.Даманский»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][502]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «40 лет событиям на о.Даманский»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/5/0/2/item_502/shop_items_catalog_image502.jpg" class="js-preview-zoom" data-href="/upload/shop_1/5/0/2/item_502/shop_items_catalog_image502.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_577/</t>
+  </si>
+  <si>
+    <t>Знак «90 лет военным комиссариатам»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/5/7/7/item_577/shop_items_catalog_image577.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_577/" target="_blank"&gt;577&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][577]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «90 лет военным комиссариатам»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][577]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «90 лет военным комиссариатам»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/5/7/7/item_577/shop_items_catalog_image577.jpg" class="js-preview-zoom" data-href="/upload/shop_1/5/7/7/item_577/shop_items_catalog_image577.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_579/</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/5/7/9/item_579/shop_items_catalog_image579.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_579/" target="_blank"&gt;579&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][579]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «90 лет военным комиссариатам»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][579]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «90 лет военным комиссариатам»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/5/7/9/item_579/shop_items_catalog_image579.jpg" class="js-preview-zoom" data-href="/upload/shop_1/5/7/9/item_579/shop_items_catalog_image579.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_613/</t>
+  </si>
+  <si>
+    <t>Знак «Выпуск 2009 г. Северо-кавказское суворовское военное училище»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/6/1/3/item_613/shop_items_catalog_image613.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_613/" target="_blank"&gt;613&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][613]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «Выпуск 2009 г. Северо-кавказское суворовское военное училище»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][613]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «Выпуск 2009 г. Северо-кавказское суворовское военное училище»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/6/1/3/item_613/shop_items_catalog_image613.jpg" class="js-preview-zoom" data-href="/upload/shop_1/6/1/3/item_613/shop_items_catalog_image613.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_634/</t>
+  </si>
+  <si>
+    <t>Знак «30 лет в/ч 71111 г. Межгорье»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/6/3/4/item_634/shop_items_catalog_image634.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_634/" target="_blank"&gt;634&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][634]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «30 лет в/ч 71111 г. Межгорье»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][634]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «30 лет в/ч 71111 г. Межгорье»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/6/3/4/item_634/shop_items_catalog_image634.jpg" class="js-preview-zoom" data-href="/upload/shop_1/6/3/4/item_634/shop_items_catalog_image634.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_682/</t>
+  </si>
+  <si>
+    <t>Медаль «60 лет ЦВТП Биологической защиты МО РФ»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/6/8/2/item_682/shop_items_catalog_image682.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/6/8/2/item_682/shop_property_file_682_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_682/" target="_blank"&gt;682&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][682]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «60 лет ЦВТП Биологической защиты МО РФ»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][682]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «60 лет ЦВТП Биологической защиты МО РФ»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/6/8/2/item_682/shop_items_catalog_image682.jpg" class="js-preview-zoom" data-href="/upload/shop_1/6/8/2/item_682/shop_items_catalog_image682.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293388.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/0/item_14007/shop_property_file_14007_293388.jpg" /&gt;
-[...6 lines deleted...]
-  &lt;/td&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/6/8/2/item_682/shop_property_file_682_293086.jpg" class="js-preview-zoom" data-href="/upload/shop_1/6/8/2/item_682/shop_property_file_682_293086.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
-    <t>https://chelznak.ru/shop/30_let_ubop/item_14256/</t>
-[...22 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/1/4/2/item_14256/shop_items_catalog_image14256.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/2/item_14256/shop_items_catalog_image14256.jpg" /&gt;
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_693/</t>
+  </si>
+  <si>
+    <t>Медаль «50 лет РВСН.62РД ЗАТО Солнечный» с удостоверением</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/6/9/3/item_693/shop_items_catalog_image693.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/6/9/3/item_693/shop_property_file_693_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_693/" target="_blank"&gt;693&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][693]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «50 лет РВСН.62РД ЗАТО Солнечный» с удостоверением&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][693]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «50 лет РВСН.62РД ЗАТО Солнечный» с удостоверением&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/6/9/3/item_693/shop_items_catalog_image693.jpg" class="js-preview-zoom" data-href="/upload/shop_1/6/9/3/item_693/shop_items_catalog_image693.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/1/4/2/item_14256/shop_property_file_14256_293407.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/4/2/item_14256/shop_property_file_14256_293407.jpg" /&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/6/9/3/item_693/shop_property_file_693_293087.jpg" class="js-preview-zoom" data-href="/upload/shop_1/6/9/3/item_693/shop_property_file_693_293087.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
-    <t>https://chelznak.ru/shop/30_let_ubop/item_15963/</t>
-[...22 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/1/5/9/item_15963/shop_items_catalog_image15963.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/9/item_15963/shop_items_catalog_image15963.jpg" /&gt;
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_694/</t>
+  </si>
+  <si>
+    <t>Знак «В\ч 3442 ВВ МВД г.Трехгорный»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/6/9/4/item_694/shop_items_catalog_image694.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_694/" target="_blank"&gt;694&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][694]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «В\ч 3442 ВВ МВД г.Трехгорный»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][694]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «В\ч 3442 ВВ МВД г.Трехгорный»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/6/9/4/item_694/shop_items_catalog_image694.jpg" class="js-preview-zoom" data-href="/upload/shop_1/6/9/4/item_694/shop_items_catalog_image694.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_714/</t>
+  </si>
+  <si>
+    <t>Знак «55 лет подразделениям особого риска»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/7/1/4/item_714/shop_items_catalog_image714.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_714/" target="_blank"&gt;714&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][714]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «55 лет подразделениям особого риска»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][714]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «55 лет подразделениям особого риска»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/7/1/4/item_714/shop_items_catalog_image714.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/1/4/item_714/shop_items_catalog_image714.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_715/</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/7/1/5/item_715/shop_items_catalog_image715.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_715/" target="_blank"&gt;715&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][715]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «55 лет подразделениям особого риска»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][715]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «55 лет подразделениям особого риска»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/7/1/5/item_715/shop_items_catalog_image715.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/1/5/item_715/shop_items_catalog_image715.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_716/</t>
+  </si>
+  <si>
+    <t>Знак «90 лет военному комиссариату Свердловской обл.»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/7/1/6/item_716/shop_items_catalog_image716.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_716/" target="_blank"&gt;716&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][716]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Знак «90 лет военному комиссариату Свердловской обл.»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][716]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Знак «90 лет военному комиссариату Свердловской обл.»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/7/1/6/item_716/shop_items_catalog_image716.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/1/6/item_716/shop_items_catalog_image716.jpg" /&gt;
+  &lt;/td&gt;
+  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_1_large"&gt;&lt;/td&gt;
+  &lt;td class="blank_2_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 1_large"&gt;&lt;/td&gt;
+  &lt;td class="3d 2_large"&gt;&lt;/td&gt;
+  &lt;td class="polojenie_large"&gt;&lt;/td&gt;
+  &lt;td class="additionals_large"&gt;&lt;/td&gt;
+&lt;/tr&gt;
+</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_733/</t>
+  </si>
+  <si>
+    <t>Медаль «45 лет 13 РД РВСН Оренбург» с удостоверением</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/7/3/3/item_733/shop_items_catalog_image733.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/7/3/3/item_733/shop_property_file_733_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_733/" target="_blank"&gt;733&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][733]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль «45 лет 13 РД РВСН Оренбург» с удостоверением&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][733]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль «45 лет 13 РД РВСН Оренбург» с удостоверением&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/7/3/3/item_733/shop_items_catalog_image733.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/3/3/item_733/shop_items_catalog_image733.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/1/5/9/item_15963/shop_property_file_15963_293421.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/5/9/item_15963/shop_property_file_15963_293421.jpg" /&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/7/3/3/item_733/shop_property_file_733_293088.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/3/3/item_733/shop_property_file_733_293088.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
-    <t>https://chelznak.ru/shop/morpeh/item_17459/</t>
-[...25 lines deleted...]
-    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17459/shop_items_catalog_image17459.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17459/shop_items_catalog_image17459.jpg" /&gt;
+    <t>https://chelznak.ru/shop/armed_forces/arkhiv-znakov/item_739/</t>
+  </si>
+  <si>
+    <t>Медаль общественной организации «Полигон»</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/7/3/9/item_739/shop_items_catalog_image739.jpg</t>
+  </si>
+  <si>
+    <t>https://chelznak.ru/upload/shop_1/7/3/9/item_739/shop_property_file_739_132.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+&lt;tr&gt;
+  &lt;td style="text-align: center"&gt;
+    &lt;a href="https://api.chelznak.ru/shop/armed_forces/arkhiv-znakov/item_739/" target="_blank"&gt;739&lt;/a&gt;
+    &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
+      &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][739]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Медаль общественной организации «Полигон»&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=605&amp;amp;hostcms[checked][1][739]=1', dialogClass: 'hostcms6'}); return false"&gt;
+        &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Медаль общественной организации «Полигон»&amp;quot;"&gt;&lt;/i&gt;
+      &lt;/a&gt;
+    &lt;/div&gt;
+  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/7/3/9/item_739/shop_items_catalog_image739.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/3/9/item_739/shop_items_catalog_image739.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="reverse_large"&gt;
-    &lt;img style="width: 80px" src="/upload/shop_1/1/7/4/item_17459/shop_property_file_17459_293481.jpg" class="js-preview-zoom" data-href="/upload/shop_1/1/7/4/item_17459/shop_property_file_17459_293481.jpg" /&gt;
-[...789 lines deleted...]
-  &lt;td class="reverse_large"&gt;&lt;/td&gt;
+    &lt;img style="width: 80px" src="/upload/shop_1/7/3/9/item_739/shop_property_file_739_293089.jpg" class="js-preview-zoom" data-href="/upload/shop_1/7/3/9/item_739/shop_property_file_739_293089.jpg" /&gt;
+  &lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;&lt;/td&gt;
   &lt;td class="3d 2_large"&gt;&lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -17198,51 +17097,51 @@
     <col min="2" max="2" width="72" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" customWidth="true" style="0"/>
     <col min="4" max="4" width="119" customWidth="true" style="0"/>
     <col min="5" max="5" width="7" customWidth="true" style="0"/>
     <col min="6" max="6" width="94" customWidth="true" style="0"/>
     <col min="7" max="7" width="87" customWidth="true" style="0"/>
     <col min="8" max="8" width="86" customWidth="true" style="0"/>
     <col min="9" max="9" width="86" customWidth="true" style="0"/>
     <col min="10" max="10" width="86" customWidth="true" style="0"/>
     <col min="11" max="11" width="86" customWidth="true" style="0"/>
     <col min="12" max="12" width="12" customWidth="true" style="0"/>
     <col min="13" max="13" width="81" customWidth="true" style="0"/>
     <col min="14" max="14" width="22" customWidth="true" style="0"/>
     <col min="15" max="15" width="86" customWidth="true" style="0"/>
     <col min="16" max="16" width="7" customWidth="true" style="0"/>
     <col min="17" max="17" width="7" customWidth="true" style="0"/>
     <col min="18" max="18" width="86" customWidth="true" style="0"/>
     <col min="19" max="19" width="86" customWidth="true" style="0"/>
     <col min="20" max="20" width="86" customWidth="true" style="0"/>
     <col min="21" max="21" width="86" customWidth="true" style="0"/>
     <col min="22" max="22" width="86" customWidth="true" style="0"/>
     <col min="23" max="23" width="8" customWidth="true" style="0"/>
     <col min="24" max="24" width="15" customWidth="true" style="0"/>
     <col min="25" max="25" width="9" customWidth="true" style="0"/>
     <col min="26" max="26" width="14" customWidth="true" style="0"/>
-    <col min="27" max="27" width="2490" customWidth="true" style="0"/>
+    <col min="27" max="27" width="2507" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -18719,13209 +18618,13152 @@
       </c>
       <c r="J38" t="s">
         <v>266</v>
       </c>
       <c r="K38" t="s">
         <v>267</v>
       </c>
       <c r="R38" t="s">
         <v>264</v>
       </c>
       <c r="S38" t="s">
         <v>267</v>
       </c>
       <c r="T38" t="s">
         <v>265</v>
       </c>
       <c r="U38" t="s">
         <v>266</v>
       </c>
       <c r="AA38" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="39" spans="1:27">
       <c r="A39">
-        <v>17399</v>
+        <v>17401</v>
       </c>
       <c r="B39" t="s">
         <v>269</v>
       </c>
       <c r="C39">
         <v>885</v>
       </c>
       <c r="D39" t="s">
         <v>270</v>
       </c>
       <c r="E39">
-        <v>550</v>
+        <v>250</v>
       </c>
       <c r="F39" t="s">
         <v>262</v>
       </c>
       <c r="G39" t="s">
         <v>271</v>
       </c>
       <c r="H39" t="s">
         <v>272</v>
       </c>
       <c r="R39" t="s">
         <v>272</v>
       </c>
       <c r="AA39" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="40" spans="1:27">
       <c r="A40">
-        <v>17401</v>
+        <v>17932</v>
       </c>
       <c r="B40" t="s">
         <v>274</v>
       </c>
       <c r="C40">
         <v>885</v>
       </c>
       <c r="D40" t="s">
         <v>275</v>
       </c>
       <c r="E40">
-        <v>250</v>
+        <v>590</v>
       </c>
       <c r="F40" t="s">
         <v>262</v>
       </c>
       <c r="G40" t="s">
         <v>276</v>
       </c>
       <c r="H40" t="s">
         <v>277</v>
       </c>
       <c r="R40" t="s">
         <v>277</v>
       </c>
       <c r="AA40" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="41" spans="1:27">
       <c r="A41">
-        <v>17932</v>
+        <v>11289</v>
       </c>
       <c r="B41" t="s">
         <v>279</v>
       </c>
       <c r="C41">
-        <v>885</v>
+        <v>829</v>
       </c>
       <c r="D41" t="s">
         <v>280</v>
       </c>
       <c r="E41">
-        <v>590</v>
+        <v>410</v>
       </c>
       <c r="F41" t="s">
-        <v>262</v>
+        <v>281</v>
       </c>
       <c r="G41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="R41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="AA41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="42" spans="1:27">
       <c r="A42">
-        <v>11289</v>
+        <v>11316</v>
       </c>
       <c r="B42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C42">
         <v>829</v>
       </c>
       <c r="D42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E42">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="F42" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="G42" t="s">
         <v>287</v>
       </c>
       <c r="H42" t="s">
         <v>288</v>
       </c>
+      <c r="I42" t="s">
+        <v>289</v>
+      </c>
+      <c r="J42" t="s">
+        <v>290</v>
+      </c>
       <c r="R42" t="s">
         <v>288</v>
       </c>
+      <c r="S42" t="s">
+        <v>289</v>
+      </c>
+      <c r="T42" t="s">
+        <v>290</v>
+      </c>
       <c r="AA42" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="43" spans="1:27">
       <c r="A43">
-        <v>11316</v>
+        <v>11317</v>
       </c>
       <c r="B43" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C43">
         <v>829</v>
       </c>
       <c r="D43" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="E43">
-        <v>415</v>
+        <v>470</v>
       </c>
       <c r="F43" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="G43" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H43" t="s">
-        <v>293</v>
-[...4 lines deleted...]
-      <c r="J43" t="s">
         <v>295</v>
       </c>
       <c r="R43" t="s">
-        <v>293</v>
-[...4 lines deleted...]
-      <c r="T43" t="s">
         <v>295</v>
       </c>
       <c r="AA43" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="44" spans="1:27">
       <c r="A44">
-        <v>11317</v>
+        <v>11319</v>
       </c>
       <c r="B44" t="s">
         <v>297</v>
       </c>
       <c r="C44">
         <v>829</v>
       </c>
       <c r="D44" t="s">
         <v>298</v>
       </c>
       <c r="E44">
-        <v>470</v>
+        <v>495</v>
       </c>
       <c r="F44" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="G44" t="s">
         <v>299</v>
       </c>
       <c r="H44" t="s">
         <v>300</v>
       </c>
       <c r="R44" t="s">
         <v>300</v>
       </c>
       <c r="AA44" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="45" spans="1:27">
       <c r="A45">
-        <v>11319</v>
+        <v>11321</v>
       </c>
       <c r="B45" t="s">
         <v>302</v>
       </c>
       <c r="C45">
         <v>829</v>
       </c>
       <c r="D45" t="s">
         <v>303</v>
       </c>
       <c r="E45">
-        <v>495</v>
+        <v>570</v>
       </c>
       <c r="F45" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="G45" t="s">
         <v>304</v>
       </c>
       <c r="H45" t="s">
         <v>305</v>
       </c>
       <c r="R45" t="s">
         <v>305</v>
       </c>
       <c r="AA45" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="46" spans="1:27">
       <c r="A46">
-        <v>11321</v>
+        <v>11323</v>
       </c>
       <c r="B46" t="s">
         <v>307</v>
       </c>
       <c r="C46">
         <v>829</v>
       </c>
       <c r="D46" t="s">
         <v>308</v>
       </c>
       <c r="E46">
-        <v>570</v>
+        <v>710</v>
       </c>
       <c r="F46" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="G46" t="s">
         <v>309</v>
       </c>
       <c r="H46" t="s">
         <v>310</v>
       </c>
       <c r="R46" t="s">
         <v>310</v>
       </c>
       <c r="AA46" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="47" spans="1:27">
       <c r="A47">
-        <v>11323</v>
+        <v>14210</v>
       </c>
       <c r="B47" t="s">
         <v>312</v>
       </c>
       <c r="C47">
-        <v>829</v>
+        <v>873</v>
       </c>
       <c r="D47" t="s">
         <v>313</v>
       </c>
       <c r="E47">
-        <v>710</v>
+        <v>590</v>
       </c>
       <c r="F47" t="s">
-        <v>286</v>
+        <v>314</v>
       </c>
       <c r="G47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H47" t="s">
-        <v>315</v>
+        <v>316</v>
+      </c>
+      <c r="I47" t="s">
+        <v>317</v>
+      </c>
+      <c r="J47" t="s">
+        <v>318</v>
+      </c>
+      <c r="K47" t="s">
+        <v>319</v>
+      </c>
+      <c r="M47" t="s">
+        <v>320</v>
       </c>
       <c r="R47" t="s">
-        <v>315</v>
+        <v>316</v>
+      </c>
+      <c r="S47" t="s">
+        <v>319</v>
+      </c>
+      <c r="T47" t="s">
+        <v>317</v>
+      </c>
+      <c r="U47" t="s">
+        <v>318</v>
       </c>
       <c r="AA47" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
     </row>
     <row r="48" spans="1:27">
       <c r="A48">
-        <v>14210</v>
+        <v>16853</v>
       </c>
       <c r="B48" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C48">
         <v>873</v>
       </c>
       <c r="D48" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="E48">
-        <v>590</v>
+        <v>680</v>
       </c>
       <c r="F48" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="G48" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="H48" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="I48" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="J48" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="K48" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="M48" t="s">
+        <v>328</v>
+      </c>
+      <c r="R48" t="s">
         <v>325</v>
       </c>
-      <c r="R48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S48" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="T48" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="U48" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="AA48" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="49" spans="1:27">
       <c r="A49">
-        <v>16853</v>
+        <v>6272</v>
       </c>
       <c r="B49" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C49">
-        <v>873</v>
+        <v>949</v>
       </c>
       <c r="D49" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="E49">
-        <v>680</v>
+        <v>350</v>
       </c>
       <c r="F49" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="G49" t="s">
-        <v>329</v>
-[...10 lines deleted...]
-      <c r="K49" t="s">
         <v>333</v>
-      </c>
-[...10 lines deleted...]
-        <v>332</v>
       </c>
       <c r="AA49" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="50" spans="1:27">
       <c r="A50">
-        <v>6272</v>
+        <v>17978</v>
       </c>
       <c r="B50" t="s">
         <v>335</v>
       </c>
       <c r="C50">
         <v>949</v>
       </c>
       <c r="D50" t="s">
         <v>336</v>
       </c>
       <c r="E50">
-        <v>350</v>
+        <v>540</v>
       </c>
       <c r="F50" t="s">
+        <v>332</v>
+      </c>
+      <c r="G50" t="s">
         <v>337</v>
       </c>
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>338</v>
       </c>
+      <c r="I50" t="s">
+        <v>339</v>
+      </c>
+      <c r="J50" t="s">
+        <v>340</v>
+      </c>
+      <c r="K50" t="s">
+        <v>341</v>
+      </c>
+      <c r="R50" t="s">
+        <v>338</v>
+      </c>
+      <c r="S50" t="s">
+        <v>341</v>
+      </c>
+      <c r="T50" t="s">
+        <v>339</v>
+      </c>
+      <c r="U50" t="s">
+        <v>340</v>
+      </c>
       <c r="AA50" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="51" spans="1:27">
       <c r="A51">
-        <v>17978</v>
+        <v>18850</v>
       </c>
       <c r="B51" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C51">
         <v>949</v>
       </c>
       <c r="D51" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E51">
         <v>540</v>
       </c>
       <c r="F51" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="G51" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H51" t="s">
-        <v>343</v>
-[...7 lines deleted...]
-      <c r="K51" t="s">
         <v>346</v>
       </c>
-      <c r="R51" t="s">
-[...2 lines deleted...]
-      <c r="S51" t="s">
+      <c r="O51" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
       <c r="AA51" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="52" spans="1:27">
       <c r="A52">
-        <v>18850</v>
+        <v>18852</v>
       </c>
       <c r="B52" t="s">
         <v>348</v>
       </c>
       <c r="C52">
         <v>949</v>
       </c>
       <c r="D52" t="s">
         <v>349</v>
       </c>
       <c r="E52">
-        <v>540</v>
+        <v>590</v>
       </c>
       <c r="F52" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="G52" t="s">
         <v>350</v>
       </c>
       <c r="H52" t="s">
         <v>351</v>
       </c>
+      <c r="I52" t="s">
+        <v>352</v>
+      </c>
+      <c r="J52" t="s">
+        <v>353</v>
+      </c>
       <c r="O52" t="s">
         <v>351</v>
       </c>
+      <c r="R52" t="s">
+        <v>352</v>
+      </c>
+      <c r="S52" t="s">
+        <v>353</v>
+      </c>
       <c r="AA52" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="53" spans="1:27">
       <c r="A53">
-        <v>18852</v>
+        <v>18894</v>
       </c>
       <c r="B53" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C53">
         <v>949</v>
       </c>
       <c r="D53" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E53">
-        <v>590</v>
+        <v>280</v>
       </c>
       <c r="F53" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="G53" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H53" t="s">
-        <v>356</v>
-[...4 lines deleted...]
-      <c r="J53" t="s">
         <v>358</v>
       </c>
       <c r="O53" t="s">
-        <v>356</v>
-[...4 lines deleted...]
-      <c r="S53" t="s">
         <v>358</v>
       </c>
       <c r="AA53" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="54" spans="1:27">
       <c r="A54">
-        <v>18894</v>
+        <v>34016</v>
       </c>
       <c r="B54" t="s">
         <v>360</v>
       </c>
       <c r="C54">
         <v>949</v>
       </c>
       <c r="D54" t="s">
         <v>361</v>
       </c>
       <c r="E54">
-        <v>280</v>
+        <v>590</v>
       </c>
       <c r="F54" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="G54" t="s">
         <v>362</v>
       </c>
       <c r="H54" t="s">
         <v>363</v>
       </c>
+      <c r="I54" t="s">
+        <v>364</v>
+      </c>
+      <c r="J54" t="s">
+        <v>365</v>
+      </c>
       <c r="O54" t="s">
         <v>363</v>
       </c>
+      <c r="S54" t="s">
+        <v>364</v>
+      </c>
+      <c r="T54" t="s">
+        <v>365</v>
+      </c>
       <c r="AA54" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="55" spans="1:27">
       <c r="A55">
-        <v>34016</v>
+        <v>34389</v>
       </c>
       <c r="B55" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C55">
         <v>949</v>
       </c>
       <c r="D55" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="E55">
-        <v>590</v>
+        <v>540</v>
       </c>
       <c r="F55" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="G55" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H55" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I55" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="J55" t="s">
+        <v>371</v>
+      </c>
+      <c r="O55" t="s">
         <v>370</v>
       </c>
-      <c r="O55" t="s">
-[...6 lines deleted...]
-        <v>370</v>
+      <c r="R55" t="s">
+        <v>371</v>
       </c>
       <c r="AA55" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="56" spans="1:27">
       <c r="A56">
-        <v>34389</v>
+        <v>34295</v>
       </c>
       <c r="B56" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C56">
-        <v>949</v>
+        <v>1169</v>
       </c>
       <c r="D56" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E56">
-        <v>540</v>
+        <v>490</v>
       </c>
       <c r="F56" t="s">
-        <v>337</v>
+        <v>375</v>
       </c>
       <c r="G56" t="s">
-        <v>374</v>
-[...10 lines deleted...]
-      <c r="R56" t="s">
         <v>376</v>
       </c>
       <c r="AA56" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="57" spans="1:27">
       <c r="A57">
-        <v>34295</v>
+        <v>34296</v>
       </c>
       <c r="B57" t="s">
         <v>378</v>
       </c>
       <c r="C57">
         <v>1169</v>
       </c>
       <c r="D57" t="s">
         <v>379</v>
       </c>
       <c r="E57">
         <v>490</v>
       </c>
       <c r="F57" t="s">
+        <v>375</v>
+      </c>
+      <c r="G57" t="s">
         <v>380</v>
       </c>
-      <c r="G57" t="s">
+      <c r="AA57" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="58" spans="1:27">
       <c r="A58">
-        <v>34296</v>
+        <v>34297</v>
       </c>
       <c r="B58" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="C58">
         <v>1169</v>
       </c>
       <c r="D58" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="E58">
         <v>490</v>
       </c>
       <c r="F58" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G58" t="s">
+        <v>384</v>
+      </c>
+      <c r="AA58" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="59" spans="1:27">
       <c r="A59">
-        <v>34297</v>
+        <v>34298</v>
       </c>
       <c r="B59" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C59">
         <v>1169</v>
       </c>
       <c r="D59" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="E59">
         <v>490</v>
       </c>
       <c r="F59" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G59" t="s">
+        <v>388</v>
+      </c>
+      <c r="AA59" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="60" spans="1:27">
       <c r="A60">
-        <v>34298</v>
+        <v>34299</v>
       </c>
       <c r="B60" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C60">
         <v>1169</v>
       </c>
       <c r="D60" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="E60">
         <v>490</v>
       </c>
       <c r="F60" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G60" t="s">
+        <v>392</v>
+      </c>
+      <c r="AA60" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="61" spans="1:27">
       <c r="A61">
-        <v>34299</v>
+        <v>34300</v>
       </c>
       <c r="B61" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C61">
         <v>1169</v>
       </c>
       <c r="D61" t="s">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="E61">
         <v>490</v>
       </c>
       <c r="F61" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G61" t="s">
+        <v>396</v>
+      </c>
+      <c r="AA61" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="62" spans="1:27">
       <c r="A62">
-        <v>34300</v>
+        <v>34301</v>
       </c>
       <c r="B62" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="C62">
         <v>1169</v>
       </c>
       <c r="D62" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="E62">
         <v>490</v>
       </c>
       <c r="F62" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G62" t="s">
+        <v>400</v>
+      </c>
+      <c r="AA62" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="63" spans="1:27">
       <c r="A63">
-        <v>34301</v>
+        <v>34302</v>
       </c>
       <c r="B63" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="C63">
         <v>1169</v>
       </c>
       <c r="D63" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="E63">
         <v>490</v>
       </c>
       <c r="F63" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G63" t="s">
+        <v>404</v>
+      </c>
+      <c r="AA63" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="64" spans="1:27">
       <c r="A64">
-        <v>34302</v>
+        <v>34303</v>
       </c>
       <c r="B64" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="C64">
         <v>1169</v>
       </c>
       <c r="D64" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="E64">
         <v>490</v>
       </c>
       <c r="F64" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G64" t="s">
+        <v>408</v>
+      </c>
+      <c r="AA64" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="65" spans="1:27">
       <c r="A65">
-        <v>34303</v>
+        <v>34304</v>
       </c>
       <c r="B65" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="C65">
         <v>1169</v>
       </c>
       <c r="D65" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="E65">
         <v>490</v>
       </c>
       <c r="F65" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G65" t="s">
+        <v>412</v>
+      </c>
+      <c r="AA65" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="66" spans="1:27">
       <c r="A66">
-        <v>34304</v>
+        <v>34305</v>
       </c>
       <c r="B66" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="C66">
         <v>1169</v>
       </c>
       <c r="D66" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="E66">
         <v>490</v>
       </c>
       <c r="F66" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G66" t="s">
+        <v>416</v>
+      </c>
+      <c r="AA66" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="67" spans="1:27">
       <c r="A67">
-        <v>34305</v>
+        <v>34306</v>
       </c>
       <c r="B67" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C67">
         <v>1169</v>
       </c>
       <c r="D67" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="E67">
         <v>490</v>
       </c>
       <c r="F67" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G67" t="s">
+        <v>420</v>
+      </c>
+      <c r="AA67" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="68" spans="1:27">
       <c r="A68">
-        <v>34306</v>
+        <v>34307</v>
       </c>
       <c r="B68" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="C68">
         <v>1169</v>
       </c>
       <c r="D68" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="E68">
         <v>490</v>
       </c>
       <c r="F68" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G68" t="s">
+        <v>424</v>
+      </c>
+      <c r="AA68" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="69" spans="1:27">
       <c r="A69">
-        <v>34307</v>
+        <v>34308</v>
       </c>
       <c r="B69" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="C69">
         <v>1169</v>
       </c>
       <c r="D69" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="E69">
         <v>490</v>
       </c>
       <c r="F69" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G69" t="s">
+        <v>428</v>
+      </c>
+      <c r="AA69" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>430</v>
       </c>
     </row>
     <row r="70" spans="1:27">
       <c r="A70">
-        <v>34308</v>
+        <v>34309</v>
       </c>
       <c r="B70" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="C70">
         <v>1169</v>
       </c>
       <c r="D70" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="E70">
         <v>490</v>
       </c>
       <c r="F70" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G70" t="s">
+        <v>432</v>
+      </c>
+      <c r="AA70" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="71" spans="1:27">
       <c r="A71">
-        <v>34309</v>
+        <v>34310</v>
       </c>
       <c r="B71" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C71">
         <v>1169</v>
       </c>
       <c r="D71" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="E71">
         <v>490</v>
       </c>
       <c r="F71" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G71" t="s">
+        <v>436</v>
+      </c>
+      <c r="AA71" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="72" spans="1:27">
       <c r="A72">
-        <v>34310</v>
+        <v>34311</v>
       </c>
       <c r="B72" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="C72">
         <v>1169</v>
       </c>
       <c r="D72" t="s">
-        <v>440</v>
+        <v>439</v>
       </c>
       <c r="E72">
         <v>490</v>
       </c>
       <c r="F72" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G72" t="s">
+        <v>440</v>
+      </c>
+      <c r="AA72" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="73" spans="1:27">
       <c r="A73">
-        <v>34311</v>
+        <v>34312</v>
       </c>
       <c r="B73" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="C73">
         <v>1169</v>
       </c>
       <c r="D73" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="E73">
         <v>490</v>
       </c>
       <c r="F73" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G73" t="s">
+        <v>444</v>
+      </c>
+      <c r="AA73" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="74" spans="1:27">
       <c r="A74">
-        <v>34312</v>
+        <v>34313</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="C74">
         <v>1169</v>
       </c>
       <c r="D74" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="E74">
         <v>490</v>
       </c>
       <c r="F74" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G74" t="s">
+        <v>448</v>
+      </c>
+      <c r="AA74" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:27">
       <c r="A75">
-        <v>34313</v>
+        <v>34314</v>
       </c>
       <c r="B75" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="C75">
         <v>1169</v>
       </c>
       <c r="D75" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="E75">
         <v>490</v>
       </c>
       <c r="F75" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G75" t="s">
+        <v>452</v>
+      </c>
+      <c r="AA75" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="76" spans="1:27">
       <c r="A76">
-        <v>34314</v>
+        <v>34315</v>
       </c>
       <c r="B76" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="C76">
         <v>1169</v>
       </c>
       <c r="D76" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="E76">
         <v>490</v>
       </c>
       <c r="F76" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G76" t="s">
+        <v>456</v>
+      </c>
+      <c r="AA76" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="77" spans="1:27">
       <c r="A77">
-        <v>34315</v>
+        <v>34316</v>
       </c>
       <c r="B77" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="C77">
         <v>1169</v>
       </c>
       <c r="D77" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="E77">
         <v>490</v>
       </c>
       <c r="F77" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G77" t="s">
+        <v>460</v>
+      </c>
+      <c r="AA77" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="78" spans="1:27">
       <c r="A78">
-        <v>34316</v>
+        <v>34317</v>
       </c>
       <c r="B78" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="C78">
         <v>1169</v>
       </c>
       <c r="D78" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="E78">
         <v>490</v>
       </c>
       <c r="F78" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G78" t="s">
+        <v>464</v>
+      </c>
+      <c r="AA78" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="79" spans="1:27">
       <c r="A79">
-        <v>34317</v>
+        <v>34318</v>
       </c>
       <c r="B79" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C79">
         <v>1169</v>
       </c>
       <c r="D79" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="E79">
         <v>490</v>
       </c>
       <c r="F79" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G79" t="s">
+        <v>468</v>
+      </c>
+      <c r="AA79" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="80" spans="1:27">
       <c r="A80">
-        <v>34318</v>
+        <v>34319</v>
       </c>
       <c r="B80" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="C80">
         <v>1169</v>
       </c>
       <c r="D80" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="E80">
         <v>490</v>
       </c>
       <c r="F80" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G80" t="s">
+        <v>472</v>
+      </c>
+      <c r="AA80" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="81" spans="1:27">
       <c r="A81">
-        <v>34319</v>
+        <v>34320</v>
       </c>
       <c r="B81" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C81">
         <v>1169</v>
       </c>
       <c r="D81" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="E81">
         <v>490</v>
       </c>
       <c r="F81" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G81" t="s">
+        <v>476</v>
+      </c>
+      <c r="AA81" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="82" spans="1:27">
       <c r="A82">
-        <v>34320</v>
+        <v>34321</v>
       </c>
       <c r="B82" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C82">
         <v>1169</v>
       </c>
       <c r="D82" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="E82">
         <v>490</v>
       </c>
       <c r="F82" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G82" t="s">
+        <v>480</v>
+      </c>
+      <c r="AA82" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="83" spans="1:27">
       <c r="A83">
-        <v>34321</v>
+        <v>34322</v>
       </c>
       <c r="B83" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="C83">
         <v>1169</v>
       </c>
       <c r="D83" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="E83">
         <v>490</v>
       </c>
       <c r="F83" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G83" t="s">
+        <v>484</v>
+      </c>
+      <c r="AA83" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="84" spans="1:27">
       <c r="A84">
-        <v>34322</v>
+        <v>34323</v>
       </c>
       <c r="B84" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="C84">
         <v>1169</v>
       </c>
       <c r="D84" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="E84">
         <v>490</v>
       </c>
       <c r="F84" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G84" t="s">
+        <v>488</v>
+      </c>
+      <c r="AA84" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="85" spans="1:27">
       <c r="A85">
-        <v>34323</v>
+        <v>34324</v>
       </c>
       <c r="B85" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="C85">
         <v>1169</v>
       </c>
       <c r="D85" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="E85">
         <v>490</v>
       </c>
       <c r="F85" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G85" t="s">
+        <v>492</v>
+      </c>
+      <c r="AA85" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="86" spans="1:27">
       <c r="A86">
-        <v>34324</v>
+        <v>34325</v>
       </c>
       <c r="B86" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C86">
         <v>1169</v>
       </c>
       <c r="D86" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="E86">
         <v>490</v>
       </c>
       <c r="F86" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G86" t="s">
+        <v>496</v>
+      </c>
+      <c r="AA86" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="87" spans="1:27">
       <c r="A87">
-        <v>34325</v>
+        <v>34326</v>
       </c>
       <c r="B87" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="C87">
         <v>1169</v>
       </c>
       <c r="D87" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="E87">
         <v>490</v>
       </c>
       <c r="F87" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G87" t="s">
+        <v>500</v>
+      </c>
+      <c r="AA87" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="88" spans="1:27">
       <c r="A88">
-        <v>34326</v>
+        <v>34327</v>
       </c>
       <c r="B88" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="C88">
         <v>1169</v>
       </c>
       <c r="D88" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="E88">
         <v>490</v>
       </c>
       <c r="F88" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G88" t="s">
+        <v>504</v>
+      </c>
+      <c r="AA88" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="89" spans="1:27">
       <c r="A89">
-        <v>34327</v>
+        <v>34328</v>
       </c>
       <c r="B89" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="C89">
         <v>1169</v>
       </c>
       <c r="D89" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="E89">
         <v>490</v>
       </c>
       <c r="F89" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G89" t="s">
+        <v>508</v>
+      </c>
+      <c r="AA89" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="90" spans="1:27">
       <c r="A90">
-        <v>34328</v>
+        <v>34329</v>
       </c>
       <c r="B90" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="C90">
         <v>1169</v>
       </c>
       <c r="D90" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="E90">
         <v>490</v>
       </c>
       <c r="F90" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G90" t="s">
+        <v>512</v>
+      </c>
+      <c r="AA90" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="91" spans="1:27">
       <c r="A91">
-        <v>34329</v>
+        <v>34330</v>
       </c>
       <c r="B91" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="C91">
         <v>1169</v>
       </c>
       <c r="D91" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="E91">
         <v>490</v>
       </c>
       <c r="F91" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G91" t="s">
+        <v>516</v>
+      </c>
+      <c r="AA91" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="92" spans="1:27">
       <c r="A92">
-        <v>34330</v>
+        <v>34331</v>
       </c>
       <c r="B92" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="C92">
         <v>1169</v>
       </c>
       <c r="D92" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="E92">
         <v>490</v>
       </c>
       <c r="F92" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G92" t="s">
+        <v>520</v>
+      </c>
+      <c r="AA92" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="93" spans="1:27">
       <c r="A93">
-        <v>34331</v>
+        <v>34332</v>
       </c>
       <c r="B93" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C93">
         <v>1169</v>
       </c>
       <c r="D93" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="E93">
         <v>490</v>
       </c>
       <c r="F93" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G93" t="s">
+        <v>524</v>
+      </c>
+      <c r="AA93" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="94" spans="1:27">
       <c r="A94">
-        <v>34332</v>
+        <v>34333</v>
       </c>
       <c r="B94" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C94">
         <v>1169</v>
       </c>
       <c r="D94" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="E94">
         <v>490</v>
       </c>
       <c r="F94" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G94" t="s">
+        <v>528</v>
+      </c>
+      <c r="AA94" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
     </row>
     <row r="95" spans="1:27">
       <c r="A95">
-        <v>34333</v>
+        <v>34334</v>
       </c>
       <c r="B95" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C95">
         <v>1169</v>
       </c>
       <c r="D95" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="E95">
         <v>490</v>
       </c>
       <c r="F95" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G95" t="s">
+        <v>532</v>
+      </c>
+      <c r="AA95" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="96" spans="1:27">
       <c r="A96">
-        <v>34334</v>
+        <v>34335</v>
       </c>
       <c r="B96" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C96">
         <v>1169</v>
       </c>
       <c r="D96" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="E96">
         <v>490</v>
       </c>
       <c r="F96" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G96" t="s">
+        <v>536</v>
+      </c>
+      <c r="AA96" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="97" spans="1:27">
       <c r="A97">
-        <v>34335</v>
+        <v>34336</v>
       </c>
       <c r="B97" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="C97">
         <v>1169</v>
       </c>
       <c r="D97" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="E97">
         <v>490</v>
       </c>
       <c r="F97" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G97" t="s">
+        <v>540</v>
+      </c>
+      <c r="AA97" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="98" spans="1:27">
       <c r="A98">
-        <v>34336</v>
+        <v>34337</v>
       </c>
       <c r="B98" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="C98">
         <v>1169</v>
       </c>
       <c r="D98" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="E98">
         <v>490</v>
       </c>
       <c r="F98" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G98" t="s">
+        <v>544</v>
+      </c>
+      <c r="AA98" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="99" spans="1:27">
       <c r="A99">
-        <v>34337</v>
+        <v>34338</v>
       </c>
       <c r="B99" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C99">
         <v>1169</v>
       </c>
       <c r="D99" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="E99">
         <v>490</v>
       </c>
       <c r="F99" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G99" t="s">
+        <v>548</v>
+      </c>
+      <c r="AA99" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="100" spans="1:27">
       <c r="A100">
-        <v>34338</v>
+        <v>34339</v>
       </c>
       <c r="B100" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="C100">
         <v>1169</v>
       </c>
       <c r="D100" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="E100">
         <v>490</v>
       </c>
       <c r="F100" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G100" t="s">
+        <v>552</v>
+      </c>
+      <c r="AA100" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="101" spans="1:27">
       <c r="A101">
-        <v>34339</v>
+        <v>34341</v>
       </c>
       <c r="B101" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C101">
         <v>1169</v>
       </c>
       <c r="D101" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="E101">
         <v>490</v>
       </c>
       <c r="F101" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G101" t="s">
+        <v>556</v>
+      </c>
+      <c r="AA101" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="102" spans="1:27">
       <c r="A102">
-        <v>34341</v>
+        <v>34342</v>
       </c>
       <c r="B102" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="C102">
         <v>1169</v>
       </c>
       <c r="D102" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="E102">
         <v>490</v>
       </c>
       <c r="F102" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G102" t="s">
+        <v>560</v>
+      </c>
+      <c r="AA102" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="103" spans="1:27">
       <c r="A103">
-        <v>34342</v>
+        <v>34343</v>
       </c>
       <c r="B103" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C103">
         <v>1169</v>
       </c>
       <c r="D103" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="E103">
         <v>490</v>
       </c>
       <c r="F103" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G103" t="s">
+        <v>564</v>
+      </c>
+      <c r="AA103" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="104" spans="1:27">
       <c r="A104">
-        <v>34343</v>
+        <v>34344</v>
       </c>
       <c r="B104" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="C104">
         <v>1169</v>
       </c>
       <c r="D104" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="E104">
         <v>490</v>
       </c>
       <c r="F104" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G104" t="s">
+        <v>568</v>
+      </c>
+      <c r="AA104" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="105" spans="1:27">
       <c r="A105">
-        <v>34344</v>
+        <v>34345</v>
       </c>
       <c r="B105" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="C105">
         <v>1169</v>
       </c>
       <c r="D105" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="E105">
         <v>490</v>
       </c>
       <c r="F105" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G105" t="s">
+        <v>572</v>
+      </c>
+      <c r="AA105" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="106" spans="1:27">
       <c r="A106">
-        <v>34345</v>
+        <v>34346</v>
       </c>
       <c r="B106" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="C106">
         <v>1169</v>
       </c>
       <c r="D106" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="E106">
         <v>490</v>
       </c>
       <c r="F106" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G106" t="s">
+        <v>576</v>
+      </c>
+      <c r="AA106" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="107" spans="1:27">
       <c r="A107">
-        <v>34346</v>
+        <v>34347</v>
       </c>
       <c r="B107" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="C107">
         <v>1169</v>
       </c>
       <c r="D107" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="E107">
         <v>490</v>
       </c>
       <c r="F107" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G107" t="s">
+        <v>580</v>
+      </c>
+      <c r="AA107" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="108" spans="1:27">
       <c r="A108">
-        <v>34347</v>
+        <v>34348</v>
       </c>
       <c r="B108" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="C108">
         <v>1169</v>
       </c>
       <c r="D108" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="E108">
         <v>490</v>
       </c>
       <c r="F108" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G108" t="s">
+        <v>584</v>
+      </c>
+      <c r="AA108" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="109" spans="1:27">
       <c r="A109">
-        <v>34348</v>
+        <v>34349</v>
       </c>
       <c r="B109" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="C109">
         <v>1169</v>
       </c>
       <c r="D109" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E109">
         <v>490</v>
       </c>
       <c r="F109" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G109" t="s">
+        <v>588</v>
+      </c>
+      <c r="AA109" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="110" spans="1:27">
       <c r="A110">
-        <v>34349</v>
+        <v>34350</v>
       </c>
       <c r="B110" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="C110">
         <v>1169</v>
       </c>
       <c r="D110" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="E110">
         <v>490</v>
       </c>
       <c r="F110" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G110" t="s">
+        <v>592</v>
+      </c>
+      <c r="AA110" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="111" spans="1:27">
       <c r="A111">
-        <v>34350</v>
+        <v>34351</v>
       </c>
       <c r="B111" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="C111">
         <v>1169</v>
       </c>
       <c r="D111" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="E111">
         <v>490</v>
       </c>
       <c r="F111" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G111" t="s">
+        <v>596</v>
+      </c>
+      <c r="AA111" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="112" spans="1:27">
       <c r="A112">
-        <v>34351</v>
+        <v>34352</v>
       </c>
       <c r="B112" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="C112">
         <v>1169</v>
       </c>
       <c r="D112" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="E112">
         <v>490</v>
       </c>
       <c r="F112" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G112" t="s">
+        <v>600</v>
+      </c>
+      <c r="AA112" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="113" spans="1:27">
       <c r="A113">
-        <v>34352</v>
+        <v>34353</v>
       </c>
       <c r="B113" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="C113">
         <v>1169</v>
       </c>
       <c r="D113" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="E113">
         <v>490</v>
       </c>
       <c r="F113" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G113" t="s">
+        <v>604</v>
+      </c>
+      <c r="AA113" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="114" spans="1:27">
       <c r="A114">
-        <v>34353</v>
+        <v>34354</v>
       </c>
       <c r="B114" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="C114">
         <v>1169</v>
       </c>
       <c r="D114" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="E114">
         <v>490</v>
       </c>
       <c r="F114" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G114" t="s">
+        <v>608</v>
+      </c>
+      <c r="AA114" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
     </row>
     <row r="115" spans="1:27">
       <c r="A115">
-        <v>34354</v>
+        <v>34355</v>
       </c>
       <c r="B115" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="C115">
         <v>1169</v>
       </c>
       <c r="D115" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="E115">
         <v>490</v>
       </c>
       <c r="F115" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G115" t="s">
+        <v>612</v>
+      </c>
+      <c r="AA115" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="116" spans="1:27">
       <c r="A116">
-        <v>34355</v>
+        <v>34356</v>
       </c>
       <c r="B116" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="C116">
         <v>1169</v>
       </c>
       <c r="D116" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="E116">
         <v>490</v>
       </c>
       <c r="F116" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G116" t="s">
+        <v>616</v>
+      </c>
+      <c r="AA116" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="117" spans="1:27">
       <c r="A117">
-        <v>34356</v>
+        <v>34357</v>
       </c>
       <c r="B117" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="C117">
         <v>1169</v>
       </c>
       <c r="D117" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="E117">
         <v>490</v>
       </c>
       <c r="F117" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G117" t="s">
+        <v>620</v>
+      </c>
+      <c r="AA117" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="118" spans="1:27">
       <c r="A118">
-        <v>34357</v>
+        <v>34358</v>
       </c>
       <c r="B118" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="C118">
         <v>1169</v>
       </c>
       <c r="D118" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="E118">
         <v>490</v>
       </c>
       <c r="F118" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G118" t="s">
+        <v>624</v>
+      </c>
+      <c r="AA118" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="119" spans="1:27">
       <c r="A119">
-        <v>34358</v>
+        <v>34359</v>
       </c>
       <c r="B119" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="C119">
         <v>1169</v>
       </c>
       <c r="D119" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="E119">
         <v>490</v>
       </c>
       <c r="F119" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G119" t="s">
+        <v>628</v>
+      </c>
+      <c r="AA119" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="120" spans="1:27">
       <c r="A120">
-        <v>34359</v>
+        <v>34360</v>
       </c>
       <c r="B120" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="C120">
         <v>1169</v>
       </c>
       <c r="D120" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="E120">
         <v>490</v>
       </c>
       <c r="F120" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G120" t="s">
+        <v>632</v>
+      </c>
+      <c r="AA120" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="121" spans="1:27">
       <c r="A121">
-        <v>34360</v>
+        <v>34361</v>
       </c>
       <c r="B121" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="C121">
         <v>1169</v>
       </c>
       <c r="D121" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="E121">
         <v>490</v>
       </c>
       <c r="F121" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G121" t="s">
+        <v>636</v>
+      </c>
+      <c r="AA121" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="122" spans="1:27">
       <c r="A122">
-        <v>34361</v>
+        <v>34362</v>
       </c>
       <c r="B122" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="C122">
         <v>1169</v>
       </c>
       <c r="D122" t="s">
-        <v>640</v>
+        <v>639</v>
       </c>
       <c r="E122">
         <v>490</v>
       </c>
       <c r="F122" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G122" t="s">
+        <v>640</v>
+      </c>
+      <c r="AA122" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="123" spans="1:27">
       <c r="A123">
-        <v>34362</v>
+        <v>34363</v>
       </c>
       <c r="B123" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="C123">
         <v>1169</v>
       </c>
       <c r="D123" t="s">
-        <v>644</v>
+        <v>643</v>
       </c>
       <c r="E123">
         <v>490</v>
       </c>
       <c r="F123" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G123" t="s">
+        <v>644</v>
+      </c>
+      <c r="AA123" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="124" spans="1:27">
       <c r="A124">
-        <v>34363</v>
+        <v>34364</v>
       </c>
       <c r="B124" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="C124">
         <v>1169</v>
       </c>
       <c r="D124" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="E124">
         <v>490</v>
       </c>
       <c r="F124" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G124" t="s">
+        <v>648</v>
+      </c>
+      <c r="AA124" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="125" spans="1:27">
       <c r="A125">
-        <v>34364</v>
+        <v>34365</v>
       </c>
       <c r="B125" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="C125">
         <v>1169</v>
       </c>
       <c r="D125" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="E125">
         <v>490</v>
       </c>
       <c r="F125" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G125" t="s">
+        <v>652</v>
+      </c>
+      <c r="AA125" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="126" spans="1:27">
       <c r="A126">
-        <v>34365</v>
+        <v>34366</v>
       </c>
       <c r="B126" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="C126">
         <v>1169</v>
       </c>
       <c r="D126" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="E126">
         <v>490</v>
       </c>
       <c r="F126" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G126" t="s">
+        <v>656</v>
+      </c>
+      <c r="AA126" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="127" spans="1:27">
       <c r="A127">
-        <v>34366</v>
+        <v>34367</v>
       </c>
       <c r="B127" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="C127">
         <v>1169</v>
       </c>
       <c r="D127" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="E127">
         <v>490</v>
       </c>
       <c r="F127" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G127" t="s">
+        <v>660</v>
+      </c>
+      <c r="AA127" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="128" spans="1:27">
       <c r="A128">
-        <v>34367</v>
+        <v>34368</v>
       </c>
       <c r="B128" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="C128">
         <v>1169</v>
       </c>
       <c r="D128" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="E128">
         <v>490</v>
       </c>
       <c r="F128" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="G128" t="s">
+        <v>664</v>
+      </c>
+      <c r="AA128" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="129" spans="1:27">
       <c r="A129">
-        <v>34368</v>
+        <v>8507</v>
       </c>
       <c r="B129" t="s">
+        <v>666</v>
+      </c>
+      <c r="C129">
+        <v>1418</v>
+      </c>
+      <c r="D129" t="s">
         <v>667</v>
       </c>
-      <c r="C129">
-[...2 lines deleted...]
-      <c r="D129" t="s">
+      <c r="E129">
+        <v>740</v>
+      </c>
+      <c r="F129" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>380</v>
       </c>
       <c r="G129" t="s">
         <v>669</v>
       </c>
+      <c r="H129" t="s">
+        <v>670</v>
+      </c>
+      <c r="I129" t="s">
+        <v>671</v>
+      </c>
+      <c r="R129" t="s">
+        <v>670</v>
+      </c>
+      <c r="S129" t="s">
+        <v>671</v>
+      </c>
       <c r="AA129" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
     </row>
     <row r="130" spans="1:27">
       <c r="A130">
         <v>8508</v>
       </c>
       <c r="B130" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C130">
         <v>1418</v>
       </c>
       <c r="D130" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="E130">
         <v>740</v>
       </c>
       <c r="F130" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G130" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="H130" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="I130" t="s">
+        <v>677</v>
+      </c>
+      <c r="R130" t="s">
         <v>676</v>
       </c>
-      <c r="R130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S130" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="AA130" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="131" spans="1:27">
       <c r="A131">
         <v>8509</v>
       </c>
       <c r="B131" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C131">
         <v>1418</v>
       </c>
       <c r="D131" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E131">
         <v>740</v>
       </c>
       <c r="F131" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G131" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H131" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="I131" t="s">
+        <v>683</v>
+      </c>
+      <c r="R131" t="s">
         <v>682</v>
       </c>
-      <c r="R131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S131" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="AA131" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="132" spans="1:27">
       <c r="A132">
         <v>8510</v>
       </c>
       <c r="B132" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C132">
         <v>1418</v>
       </c>
       <c r="D132" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E132">
         <v>740</v>
       </c>
       <c r="F132" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G132" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H132" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="I132" t="s">
+        <v>689</v>
+      </c>
+      <c r="R132" t="s">
         <v>688</v>
       </c>
-      <c r="R132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S132" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="AA132" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="133" spans="1:27">
       <c r="A133">
         <v>8511</v>
       </c>
       <c r="B133" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C133">
         <v>1418</v>
       </c>
       <c r="D133" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="E133">
         <v>740</v>
       </c>
       <c r="F133" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G133" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="H133" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="I133" t="s">
+        <v>695</v>
+      </c>
+      <c r="R133" t="s">
         <v>694</v>
       </c>
-      <c r="R133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S133" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="AA133" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="134" spans="1:27">
       <c r="A134">
         <v>8512</v>
       </c>
       <c r="B134" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C134">
         <v>1418</v>
       </c>
       <c r="D134" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="E134">
         <v>740</v>
       </c>
       <c r="F134" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G134" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="H134" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="I134" t="s">
+        <v>701</v>
+      </c>
+      <c r="R134" t="s">
         <v>700</v>
       </c>
-      <c r="R134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S134" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="AA134" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="135" spans="1:27">
       <c r="A135">
         <v>8513</v>
       </c>
       <c r="B135" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C135">
         <v>1418</v>
       </c>
       <c r="D135" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E135">
         <v>740</v>
       </c>
       <c r="F135" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G135" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="H135" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="I135" t="s">
+        <v>707</v>
+      </c>
+      <c r="R135" t="s">
         <v>706</v>
       </c>
-      <c r="R135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S135" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="AA135" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="136" spans="1:27">
       <c r="A136">
         <v>8514</v>
       </c>
       <c r="B136" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C136">
         <v>1418</v>
       </c>
       <c r="D136" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="E136">
         <v>740</v>
       </c>
       <c r="F136" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G136" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="H136" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="I136" t="s">
+        <v>713</v>
+      </c>
+      <c r="R136" t="s">
         <v>712</v>
       </c>
-      <c r="R136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S136" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="AA136" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="137" spans="1:27">
       <c r="A137">
         <v>8515</v>
       </c>
       <c r="B137" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C137">
         <v>1418</v>
       </c>
       <c r="D137" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="E137">
         <v>740</v>
       </c>
       <c r="F137" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G137" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H137" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="I137" t="s">
+        <v>719</v>
+      </c>
+      <c r="R137" t="s">
         <v>718</v>
       </c>
-      <c r="R137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S137" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="AA137" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="138" spans="1:27">
       <c r="A138">
         <v>8516</v>
       </c>
       <c r="B138" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C138">
         <v>1418</v>
       </c>
       <c r="D138" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E138">
         <v>740</v>
       </c>
       <c r="F138" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G138" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="H138" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="I138" t="s">
+        <v>725</v>
+      </c>
+      <c r="R138" t="s">
         <v>724</v>
       </c>
-      <c r="R138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S138" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="AA138" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="139" spans="1:27">
       <c r="A139">
         <v>8517</v>
       </c>
       <c r="B139" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C139">
         <v>1418</v>
       </c>
       <c r="D139" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E139">
         <v>740</v>
       </c>
       <c r="F139" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G139" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="H139" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="I139" t="s">
+        <v>731</v>
+      </c>
+      <c r="R139" t="s">
         <v>730</v>
       </c>
-      <c r="R139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S139" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="AA139" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="140" spans="1:27">
       <c r="A140">
         <v>8518</v>
       </c>
       <c r="B140" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C140">
         <v>1418</v>
       </c>
       <c r="D140" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E140">
         <v>740</v>
       </c>
       <c r="F140" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G140" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H140" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="I140" t="s">
+        <v>737</v>
+      </c>
+      <c r="R140" t="s">
         <v>736</v>
       </c>
-      <c r="R140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S140" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="AA140" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="141" spans="1:27">
       <c r="A141">
         <v>8519</v>
       </c>
       <c r="B141" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C141">
         <v>1418</v>
       </c>
       <c r="D141" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E141">
         <v>740</v>
       </c>
       <c r="F141" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G141" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H141" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="I141" t="s">
+        <v>743</v>
+      </c>
+      <c r="R141" t="s">
         <v>742</v>
       </c>
-      <c r="R141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S141" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="AA141" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="142" spans="1:27">
       <c r="A142">
-        <v>8521</v>
+        <v>8520</v>
       </c>
       <c r="B142" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C142">
         <v>1418</v>
       </c>
       <c r="D142" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="E142">
         <v>740</v>
       </c>
       <c r="F142" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G142" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H142" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="I142" t="s">
+        <v>749</v>
+      </c>
+      <c r="R142" t="s">
         <v>748</v>
       </c>
-      <c r="R142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S142" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="AA142" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="143" spans="1:27">
       <c r="A143">
-        <v>8522</v>
+        <v>8521</v>
       </c>
       <c r="B143" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C143">
         <v>1418</v>
       </c>
       <c r="D143" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E143">
         <v>740</v>
       </c>
       <c r="F143" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G143" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="H143" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="I143" t="s">
+        <v>755</v>
+      </c>
+      <c r="R143" t="s">
         <v>754</v>
       </c>
-      <c r="R143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S143" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="AA143" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="144" spans="1:27">
       <c r="A144">
-        <v>8523</v>
+        <v>8522</v>
       </c>
       <c r="B144" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C144">
         <v>1418</v>
       </c>
       <c r="D144" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="E144">
         <v>740</v>
       </c>
       <c r="F144" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G144" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="H144" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="I144" t="s">
+        <v>761</v>
+      </c>
+      <c r="R144" t="s">
         <v>760</v>
       </c>
-      <c r="R144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S144" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="AA144" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="145" spans="1:27">
       <c r="A145">
-        <v>8524</v>
+        <v>8523</v>
       </c>
       <c r="B145" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C145">
         <v>1418</v>
       </c>
       <c r="D145" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E145">
         <v>740</v>
       </c>
       <c r="F145" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G145" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="H145" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I145" t="s">
+        <v>767</v>
+      </c>
+      <c r="R145" t="s">
         <v>766</v>
       </c>
-      <c r="R145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S145" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="AA145" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="146" spans="1:27">
       <c r="A146">
-        <v>8525</v>
+        <v>8524</v>
       </c>
       <c r="B146" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C146">
         <v>1418</v>
       </c>
       <c r="D146" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="E146">
         <v>740</v>
       </c>
       <c r="F146" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G146" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="H146" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="I146" t="s">
+        <v>773</v>
+      </c>
+      <c r="R146" t="s">
         <v>772</v>
       </c>
-      <c r="R146" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S146" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="AA146" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="147" spans="1:27">
       <c r="A147">
-        <v>8526</v>
+        <v>8525</v>
       </c>
       <c r="B147" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C147">
         <v>1418</v>
       </c>
       <c r="D147" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="E147">
         <v>740</v>
       </c>
       <c r="F147" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G147" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H147" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="I147" t="s">
+        <v>779</v>
+      </c>
+      <c r="R147" t="s">
         <v>778</v>
       </c>
-      <c r="R147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S147" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="AA147" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="148" spans="1:27">
       <c r="A148">
-        <v>8527</v>
+        <v>8526</v>
       </c>
       <c r="B148" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C148">
         <v>1418</v>
       </c>
       <c r="D148" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E148">
         <v>740</v>
       </c>
       <c r="F148" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G148" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H148" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="I148" t="s">
+        <v>785</v>
+      </c>
+      <c r="R148" t="s">
         <v>784</v>
       </c>
-      <c r="R148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S148" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="AA148" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="149" spans="1:27">
       <c r="A149">
-        <v>8528</v>
+        <v>8527</v>
       </c>
       <c r="B149" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C149">
         <v>1418</v>
       </c>
       <c r="D149" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E149">
         <v>740</v>
       </c>
       <c r="F149" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G149" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="H149" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="I149" t="s">
+        <v>791</v>
+      </c>
+      <c r="R149" t="s">
         <v>790</v>
       </c>
-      <c r="R149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S149" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="AA149" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
     </row>
     <row r="150" spans="1:27">
       <c r="A150">
-        <v>8529</v>
+        <v>8528</v>
       </c>
       <c r="B150" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C150">
         <v>1418</v>
       </c>
       <c r="D150" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="E150">
         <v>740</v>
       </c>
       <c r="F150" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G150" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="H150" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="I150" t="s">
+        <v>797</v>
+      </c>
+      <c r="R150" t="s">
         <v>796</v>
       </c>
-      <c r="R150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S150" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="AA150" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="151" spans="1:27">
       <c r="A151">
-        <v>8530</v>
+        <v>8529</v>
       </c>
       <c r="B151" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C151">
         <v>1418</v>
       </c>
       <c r="D151" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E151">
         <v>740</v>
       </c>
       <c r="F151" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G151" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="H151" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="I151" t="s">
+        <v>803</v>
+      </c>
+      <c r="R151" t="s">
         <v>802</v>
       </c>
-      <c r="R151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S151" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="AA151" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="152" spans="1:27">
       <c r="A152">
-        <v>8531</v>
+        <v>8530</v>
       </c>
       <c r="B152" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C152">
         <v>1418</v>
       </c>
       <c r="D152" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="E152">
         <v>740</v>
       </c>
       <c r="F152" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G152" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="H152" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="I152" t="s">
+        <v>809</v>
+      </c>
+      <c r="R152" t="s">
         <v>808</v>
       </c>
-      <c r="R152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S152" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="AA152" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="153" spans="1:27">
       <c r="A153">
-        <v>8532</v>
+        <v>8531</v>
       </c>
       <c r="B153" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C153">
         <v>1418</v>
       </c>
       <c r="D153" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E153">
         <v>740</v>
       </c>
       <c r="F153" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G153" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="H153" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="I153" t="s">
+        <v>815</v>
+      </c>
+      <c r="R153" t="s">
         <v>814</v>
       </c>
-      <c r="R153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S153" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="AA153" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="154" spans="1:27">
       <c r="A154">
-        <v>8534</v>
+        <v>8532</v>
       </c>
       <c r="B154" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C154">
         <v>1418</v>
       </c>
       <c r="D154" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E154">
         <v>740</v>
       </c>
       <c r="F154" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G154" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="H154" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="I154" t="s">
+        <v>821</v>
+      </c>
+      <c r="R154" t="s">
         <v>820</v>
       </c>
-      <c r="R154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S154" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="AA154" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="155" spans="1:27">
       <c r="A155">
-        <v>8535</v>
+        <v>8534</v>
       </c>
       <c r="B155" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C155">
         <v>1418</v>
       </c>
       <c r="D155" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="E155">
         <v>740</v>
       </c>
       <c r="F155" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G155" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="H155" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="I155" t="s">
+        <v>827</v>
+      </c>
+      <c r="R155" t="s">
         <v>826</v>
       </c>
-      <c r="R155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S155" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="AA155" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="156" spans="1:27">
       <c r="A156">
-        <v>8536</v>
+        <v>8535</v>
       </c>
       <c r="B156" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C156">
         <v>1418</v>
       </c>
       <c r="D156" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="E156">
         <v>740</v>
       </c>
       <c r="F156" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G156" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H156" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="I156" t="s">
+        <v>833</v>
+      </c>
+      <c r="R156" t="s">
         <v>832</v>
       </c>
-      <c r="R156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S156" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="AA156" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="157" spans="1:27">
       <c r="A157">
-        <v>8537</v>
+        <v>8536</v>
       </c>
       <c r="B157" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="C157">
         <v>1418</v>
       </c>
       <c r="D157" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E157">
         <v>740</v>
       </c>
       <c r="F157" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G157" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="H157" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="I157" t="s">
+        <v>839</v>
+      </c>
+      <c r="R157" t="s">
         <v>838</v>
       </c>
-      <c r="R157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S157" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="AA157" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="158" spans="1:27">
       <c r="A158">
-        <v>8538</v>
+        <v>8537</v>
       </c>
       <c r="B158" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C158">
         <v>1418</v>
       </c>
       <c r="D158" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="E158">
         <v>740</v>
       </c>
       <c r="F158" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G158" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H158" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="I158" t="s">
+        <v>845</v>
+      </c>
+      <c r="R158" t="s">
         <v>844</v>
       </c>
-      <c r="R158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S158" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="AA158" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="159" spans="1:27">
       <c r="A159">
-        <v>8539</v>
+        <v>8538</v>
       </c>
       <c r="B159" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C159">
         <v>1418</v>
       </c>
       <c r="D159" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="E159">
         <v>740</v>
       </c>
       <c r="F159" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G159" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="H159" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="I159" t="s">
+        <v>851</v>
+      </c>
+      <c r="R159" t="s">
         <v>850</v>
       </c>
-      <c r="R159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S159" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="AA159" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="160" spans="1:27">
       <c r="A160">
-        <v>8540</v>
+        <v>8539</v>
       </c>
       <c r="B160" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C160">
         <v>1418</v>
       </c>
       <c r="D160" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E160">
         <v>740</v>
       </c>
       <c r="F160" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G160" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="H160" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="I160" t="s">
+        <v>857</v>
+      </c>
+      <c r="R160" t="s">
         <v>856</v>
       </c>
-      <c r="R160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S160" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="AA160" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="161" spans="1:27">
       <c r="A161">
-        <v>8541</v>
+        <v>8540</v>
       </c>
       <c r="B161" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C161">
         <v>1418</v>
       </c>
       <c r="D161" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="E161">
         <v>740</v>
       </c>
       <c r="F161" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G161" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="H161" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="I161" t="s">
+        <v>863</v>
+      </c>
+      <c r="R161" t="s">
         <v>862</v>
       </c>
-      <c r="R161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S161" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="AA161" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="162" spans="1:27">
       <c r="A162">
-        <v>8542</v>
+        <v>8541</v>
       </c>
       <c r="B162" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C162">
         <v>1418</v>
       </c>
       <c r="D162" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="E162">
         <v>740</v>
       </c>
       <c r="F162" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G162" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H162" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="I162" t="s">
+        <v>869</v>
+      </c>
+      <c r="R162" t="s">
         <v>868</v>
       </c>
-      <c r="R162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S162" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="AA162" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="163" spans="1:27">
       <c r="A163">
-        <v>8543</v>
+        <v>8542</v>
       </c>
       <c r="B163" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C163">
         <v>1418</v>
       </c>
       <c r="D163" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E163">
         <v>740</v>
       </c>
       <c r="F163" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G163" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="H163" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="I163" t="s">
+        <v>875</v>
+      </c>
+      <c r="R163" t="s">
         <v>874</v>
       </c>
-      <c r="R163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S163" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="AA163" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="164" spans="1:27">
       <c r="A164">
-        <v>8544</v>
+        <v>8543</v>
       </c>
       <c r="B164" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C164">
         <v>1418</v>
       </c>
       <c r="D164" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="E164">
         <v>740</v>
       </c>
       <c r="F164" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G164" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="H164" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="I164" t="s">
+        <v>881</v>
+      </c>
+      <c r="R164" t="s">
         <v>880</v>
       </c>
-      <c r="R164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S164" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="AA164" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="165" spans="1:27">
       <c r="A165">
-        <v>8545</v>
+        <v>8544</v>
       </c>
       <c r="B165" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C165">
         <v>1418</v>
       </c>
       <c r="D165" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="E165">
         <v>740</v>
       </c>
       <c r="F165" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G165" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="H165" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="I165" t="s">
+        <v>887</v>
+      </c>
+      <c r="R165" t="s">
         <v>886</v>
       </c>
-      <c r="R165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S165" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="AA165" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="166" spans="1:27">
       <c r="A166">
-        <v>8546</v>
+        <v>8545</v>
       </c>
       <c r="B166" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C166">
         <v>1418</v>
       </c>
       <c r="D166" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="E166">
         <v>740</v>
       </c>
       <c r="F166" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G166" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="H166" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="I166" t="s">
+        <v>893</v>
+      </c>
+      <c r="R166" t="s">
         <v>892</v>
       </c>
-      <c r="R166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S166" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="AA166" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="167" spans="1:27">
       <c r="A167">
-        <v>8549</v>
+        <v>8546</v>
       </c>
       <c r="B167" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C167">
         <v>1418</v>
       </c>
       <c r="D167" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="E167">
         <v>740</v>
       </c>
       <c r="F167" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G167" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H167" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="I167" t="s">
+        <v>899</v>
+      </c>
+      <c r="R167" t="s">
         <v>898</v>
       </c>
-      <c r="R167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S167" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="AA167" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="168" spans="1:27">
       <c r="A168">
-        <v>8550</v>
+        <v>8549</v>
       </c>
       <c r="B168" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C168">
         <v>1418</v>
       </c>
       <c r="D168" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="E168">
         <v>740</v>
       </c>
       <c r="F168" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G168" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="H168" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="I168" t="s">
+        <v>905</v>
+      </c>
+      <c r="R168" t="s">
         <v>904</v>
       </c>
-      <c r="R168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S168" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="AA168" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="169" spans="1:27">
       <c r="A169">
-        <v>8551</v>
+        <v>8550</v>
       </c>
       <c r="B169" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C169">
         <v>1418</v>
       </c>
       <c r="D169" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="E169">
         <v>740</v>
       </c>
       <c r="F169" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G169" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="H169" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="I169" t="s">
+        <v>911</v>
+      </c>
+      <c r="R169" t="s">
         <v>910</v>
       </c>
-      <c r="R169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S169" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="AA169" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="170" spans="1:27">
       <c r="A170">
-        <v>8552</v>
+        <v>8551</v>
       </c>
       <c r="B170" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C170">
         <v>1418</v>
       </c>
       <c r="D170" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="E170">
         <v>740</v>
       </c>
       <c r="F170" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G170" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H170" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="I170" t="s">
+        <v>917</v>
+      </c>
+      <c r="R170" t="s">
         <v>916</v>
       </c>
-      <c r="R170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S170" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="AA170" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="171" spans="1:27">
       <c r="A171">
-        <v>8553</v>
+        <v>8552</v>
       </c>
       <c r="B171" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C171">
         <v>1418</v>
       </c>
       <c r="D171" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="E171">
         <v>740</v>
       </c>
       <c r="F171" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G171" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="H171" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="I171" t="s">
+        <v>923</v>
+      </c>
+      <c r="R171" t="s">
         <v>922</v>
       </c>
-      <c r="R171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S171" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="AA171" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="172" spans="1:27">
       <c r="A172">
-        <v>8554</v>
+        <v>8553</v>
       </c>
       <c r="B172" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C172">
         <v>1418</v>
       </c>
       <c r="D172" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="E172">
         <v>740</v>
       </c>
       <c r="F172" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G172" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="H172" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="I172" t="s">
+        <v>929</v>
+      </c>
+      <c r="R172" t="s">
         <v>928</v>
       </c>
-      <c r="R172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S172" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="AA172" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="173" spans="1:27">
       <c r="A173">
-        <v>8555</v>
+        <v>8554</v>
       </c>
       <c r="B173" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C173">
         <v>1418</v>
       </c>
       <c r="D173" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E173">
         <v>740</v>
       </c>
       <c r="F173" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G173" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="H173" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="I173" t="s">
+        <v>935</v>
+      </c>
+      <c r="R173" t="s">
         <v>934</v>
       </c>
-      <c r="R173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S173" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="AA173" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="174" spans="1:27">
       <c r="A174">
-        <v>8556</v>
+        <v>8555</v>
       </c>
       <c r="B174" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C174">
         <v>1418</v>
       </c>
       <c r="D174" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="E174">
         <v>740</v>
       </c>
       <c r="F174" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G174" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H174" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="I174" t="s">
+        <v>941</v>
+      </c>
+      <c r="R174" t="s">
         <v>940</v>
       </c>
-      <c r="R174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S174" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="AA174" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="175" spans="1:27">
       <c r="A175">
-        <v>8557</v>
+        <v>8556</v>
       </c>
       <c r="B175" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="C175">
         <v>1418</v>
       </c>
       <c r="D175" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="E175">
         <v>740</v>
       </c>
       <c r="F175" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G175" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="H175" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="I175" t="s">
+        <v>947</v>
+      </c>
+      <c r="R175" t="s">
         <v>946</v>
       </c>
-      <c r="R175" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S175" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="AA175" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="176" spans="1:27">
       <c r="A176">
-        <v>8558</v>
+        <v>8557</v>
       </c>
       <c r="B176" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C176">
         <v>1418</v>
       </c>
       <c r="D176" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="E176">
         <v>740</v>
       </c>
       <c r="F176" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G176" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H176" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="I176" t="s">
+        <v>953</v>
+      </c>
+      <c r="R176" t="s">
         <v>952</v>
       </c>
-      <c r="R176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S176" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="AA176" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
     </row>
     <row r="177" spans="1:27">
       <c r="A177">
-        <v>8559</v>
+        <v>8558</v>
       </c>
       <c r="B177" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C177">
         <v>1418</v>
       </c>
       <c r="D177" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="E177">
         <v>740</v>
       </c>
       <c r="F177" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G177" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H177" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="I177" t="s">
+        <v>959</v>
+      </c>
+      <c r="R177" t="s">
         <v>958</v>
       </c>
-      <c r="R177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S177" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="AA177" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="178" spans="1:27">
       <c r="A178">
-        <v>8560</v>
+        <v>8559</v>
       </c>
       <c r="B178" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C178">
         <v>1418</v>
       </c>
       <c r="D178" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="E178">
         <v>740</v>
       </c>
       <c r="F178" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G178" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H178" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="I178" t="s">
+        <v>965</v>
+      </c>
+      <c r="R178" t="s">
         <v>964</v>
       </c>
-      <c r="R178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S178" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="AA178" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="179" spans="1:27">
       <c r="A179">
-        <v>8561</v>
+        <v>8560</v>
       </c>
       <c r="B179" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C179">
         <v>1418</v>
       </c>
       <c r="D179" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="E179">
         <v>740</v>
       </c>
       <c r="F179" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G179" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="H179" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="I179" t="s">
+        <v>971</v>
+      </c>
+      <c r="R179" t="s">
         <v>970</v>
       </c>
-      <c r="R179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S179" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="AA179" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="180" spans="1:27">
       <c r="A180">
-        <v>8562</v>
+        <v>8561</v>
       </c>
       <c r="B180" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C180">
         <v>1418</v>
       </c>
       <c r="D180" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="E180">
         <v>740</v>
       </c>
       <c r="F180" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G180" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="H180" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="I180" t="s">
+        <v>977</v>
+      </c>
+      <c r="R180" t="s">
         <v>976</v>
       </c>
-      <c r="R180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S180" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="AA180" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="181" spans="1:27">
       <c r="A181">
-        <v>8563</v>
+        <v>8562</v>
       </c>
       <c r="B181" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C181">
         <v>1418</v>
       </c>
       <c r="D181" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="E181">
         <v>740</v>
       </c>
       <c r="F181" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G181" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="H181" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="I181" t="s">
+        <v>983</v>
+      </c>
+      <c r="R181" t="s">
         <v>982</v>
       </c>
-      <c r="R181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S181" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="AA181" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
     </row>
     <row r="182" spans="1:27">
       <c r="A182">
-        <v>8564</v>
+        <v>8563</v>
       </c>
       <c r="B182" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C182">
         <v>1418</v>
       </c>
       <c r="D182" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="E182">
         <v>740</v>
       </c>
       <c r="F182" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G182" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H182" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="I182" t="s">
+        <v>989</v>
+      </c>
+      <c r="R182" t="s">
         <v>988</v>
       </c>
-      <c r="R182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S182" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="AA182" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="183" spans="1:27">
       <c r="A183">
-        <v>8566</v>
+        <v>8564</v>
       </c>
       <c r="B183" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C183">
         <v>1418</v>
       </c>
       <c r="D183" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="E183">
         <v>740</v>
       </c>
       <c r="F183" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G183" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="H183" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="I183" t="s">
+        <v>995</v>
+      </c>
+      <c r="R183" t="s">
         <v>994</v>
       </c>
-      <c r="R183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S183" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="AA183" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="184" spans="1:27">
       <c r="A184">
-        <v>8567</v>
+        <v>8566</v>
       </c>
       <c r="B184" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C184">
         <v>1418</v>
       </c>
       <c r="D184" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="E184">
         <v>740</v>
       </c>
       <c r="F184" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G184" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H184" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="I184" t="s">
+        <v>1001</v>
+      </c>
+      <c r="R184" t="s">
         <v>1000</v>
       </c>
-      <c r="R184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S184" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="AA184" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="185" spans="1:27">
       <c r="A185">
-        <v>8568</v>
+        <v>8567</v>
       </c>
       <c r="B185" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C185">
         <v>1418</v>
       </c>
       <c r="D185" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="E185">
         <v>740</v>
       </c>
       <c r="F185" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G185" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H185" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I185" t="s">
+        <v>1007</v>
+      </c>
+      <c r="R185" t="s">
         <v>1006</v>
       </c>
-      <c r="R185" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S185" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="AA185" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="186" spans="1:27">
       <c r="A186">
-        <v>8569</v>
+        <v>8568</v>
       </c>
       <c r="B186" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C186">
         <v>1418</v>
       </c>
       <c r="D186" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="E186">
         <v>740</v>
       </c>
       <c r="F186" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G186" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="H186" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="I186" t="s">
+        <v>1013</v>
+      </c>
+      <c r="R186" t="s">
         <v>1012</v>
       </c>
-      <c r="R186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S186" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="AA186" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="187" spans="1:27">
       <c r="A187">
-        <v>8570</v>
+        <v>8569</v>
       </c>
       <c r="B187" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C187">
         <v>1418</v>
       </c>
       <c r="D187" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="E187">
         <v>740</v>
       </c>
       <c r="F187" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G187" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="H187" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="I187" t="s">
+        <v>1019</v>
+      </c>
+      <c r="R187" t="s">
         <v>1018</v>
       </c>
-      <c r="R187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S187" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="AA187" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="188" spans="1:27">
       <c r="A188">
-        <v>8571</v>
+        <v>8570</v>
       </c>
       <c r="B188" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C188">
         <v>1418</v>
       </c>
       <c r="D188" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E188">
         <v>740</v>
       </c>
       <c r="F188" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G188" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="H188" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="I188" t="s">
+        <v>1025</v>
+      </c>
+      <c r="R188" t="s">
         <v>1024</v>
       </c>
-      <c r="R188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S188" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="AA188" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="189" spans="1:27">
       <c r="A189">
-        <v>8572</v>
+        <v>8571</v>
       </c>
       <c r="B189" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C189">
         <v>1418</v>
       </c>
       <c r="D189" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="E189">
         <v>740</v>
       </c>
       <c r="F189" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G189" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="H189" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="I189" t="s">
+        <v>1031</v>
+      </c>
+      <c r="R189" t="s">
         <v>1030</v>
       </c>
-      <c r="R189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S189" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="AA189" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="190" spans="1:27">
       <c r="A190">
-        <v>8573</v>
+        <v>8572</v>
       </c>
       <c r="B190" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C190">
         <v>1418</v>
       </c>
       <c r="D190" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="E190">
         <v>740</v>
       </c>
       <c r="F190" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G190" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="H190" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="I190" t="s">
+        <v>1037</v>
+      </c>
+      <c r="R190" t="s">
         <v>1036</v>
       </c>
-      <c r="R190" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S190" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="AA190" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="191" spans="1:27">
       <c r="A191">
-        <v>8574</v>
+        <v>8573</v>
       </c>
       <c r="B191" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C191">
         <v>1418</v>
       </c>
       <c r="D191" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="E191">
         <v>740</v>
       </c>
       <c r="F191" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G191" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H191" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="I191" t="s">
+        <v>1043</v>
+      </c>
+      <c r="R191" t="s">
         <v>1042</v>
       </c>
-      <c r="R191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S191" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="AA191" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="192" spans="1:27">
       <c r="A192">
-        <v>8575</v>
+        <v>8574</v>
       </c>
       <c r="B192" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C192">
         <v>1418</v>
       </c>
       <c r="D192" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="E192">
         <v>740</v>
       </c>
       <c r="F192" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G192" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="H192" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="I192" t="s">
+        <v>1049</v>
+      </c>
+      <c r="R192" t="s">
         <v>1048</v>
       </c>
-      <c r="R192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S192" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="AA192" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="193" spans="1:27">
       <c r="A193">
-        <v>8576</v>
+        <v>8575</v>
       </c>
       <c r="B193" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C193">
         <v>1418</v>
       </c>
       <c r="D193" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="E193">
         <v>740</v>
       </c>
       <c r="F193" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G193" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="H193" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="I193" t="s">
+        <v>1055</v>
+      </c>
+      <c r="R193" t="s">
         <v>1054</v>
       </c>
-      <c r="R193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S193" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="AA193" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="194" spans="1:27">
       <c r="A194">
-        <v>8577</v>
+        <v>8576</v>
       </c>
       <c r="B194" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C194">
         <v>1418</v>
       </c>
       <c r="D194" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E194">
         <v>740</v>
       </c>
       <c r="F194" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G194" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="H194" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="I194" t="s">
+        <v>1061</v>
+      </c>
+      <c r="R194" t="s">
         <v>1060</v>
       </c>
-      <c r="R194" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S194" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="AA194" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="195" spans="1:27">
       <c r="A195">
-        <v>8578</v>
+        <v>8577</v>
       </c>
       <c r="B195" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C195">
         <v>1418</v>
       </c>
       <c r="D195" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="E195">
         <v>740</v>
       </c>
       <c r="F195" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G195" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="H195" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="I195" t="s">
+        <v>1067</v>
+      </c>
+      <c r="R195" t="s">
         <v>1066</v>
       </c>
-      <c r="R195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S195" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="AA195" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="196" spans="1:27">
       <c r="A196">
-        <v>8579</v>
+        <v>8578</v>
       </c>
       <c r="B196" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C196">
         <v>1418</v>
       </c>
       <c r="D196" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="E196">
         <v>740</v>
       </c>
       <c r="F196" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G196" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="H196" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="I196" t="s">
+        <v>1073</v>
+      </c>
+      <c r="R196" t="s">
         <v>1072</v>
       </c>
-      <c r="R196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S196" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="AA196" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="197" spans="1:27">
       <c r="A197">
-        <v>8580</v>
+        <v>8579</v>
       </c>
       <c r="B197" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C197">
         <v>1418</v>
       </c>
       <c r="D197" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E197">
         <v>740</v>
       </c>
       <c r="F197" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G197" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="H197" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="I197" t="s">
+        <v>1079</v>
+      </c>
+      <c r="R197" t="s">
         <v>1078</v>
       </c>
-      <c r="R197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S197" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="AA197" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="198" spans="1:27">
       <c r="A198">
-        <v>8582</v>
+        <v>8580</v>
       </c>
       <c r="B198" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="C198">
         <v>1418</v>
       </c>
       <c r="D198" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="E198">
         <v>740</v>
       </c>
       <c r="F198" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G198" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="H198" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="I198" t="s">
+        <v>1085</v>
+      </c>
+      <c r="R198" t="s">
         <v>1084</v>
       </c>
-      <c r="R198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S198" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="AA198" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="199" spans="1:27">
       <c r="A199">
-        <v>8583</v>
+        <v>8582</v>
       </c>
       <c r="B199" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C199">
         <v>1418</v>
       </c>
       <c r="D199" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="E199">
         <v>740</v>
       </c>
       <c r="F199" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G199" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H199" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="I199" t="s">
+        <v>1091</v>
+      </c>
+      <c r="R199" t="s">
         <v>1090</v>
       </c>
-      <c r="R199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S199" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="AA199" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="200" spans="1:27">
       <c r="A200">
-        <v>8584</v>
+        <v>8583</v>
       </c>
       <c r="B200" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C200">
         <v>1418</v>
       </c>
       <c r="D200" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="E200">
         <v>740</v>
       </c>
       <c r="F200" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G200" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="H200" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="I200" t="s">
+        <v>1097</v>
+      </c>
+      <c r="R200" t="s">
         <v>1096</v>
       </c>
-      <c r="R200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S200" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="AA200" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="201" spans="1:27">
       <c r="A201">
-        <v>8585</v>
+        <v>8584</v>
       </c>
       <c r="B201" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="C201">
         <v>1418</v>
       </c>
       <c r="D201" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="E201">
         <v>740</v>
       </c>
       <c r="F201" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G201" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="H201" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="I201" t="s">
+        <v>1103</v>
+      </c>
+      <c r="R201" t="s">
         <v>1102</v>
       </c>
-      <c r="R201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S201" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="AA201" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="202" spans="1:27">
       <c r="A202">
-        <v>8586</v>
+        <v>8585</v>
       </c>
       <c r="B202" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C202">
         <v>1418</v>
       </c>
       <c r="D202" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="E202">
         <v>740</v>
       </c>
       <c r="F202" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G202" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="H202" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="I202" t="s">
+        <v>1109</v>
+      </c>
+      <c r="R202" t="s">
         <v>1108</v>
       </c>
-      <c r="R202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S202" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="AA202" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="203" spans="1:27">
       <c r="A203">
-        <v>8587</v>
+        <v>8586</v>
       </c>
       <c r="B203" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C203">
         <v>1418</v>
       </c>
       <c r="D203" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="E203">
         <v>740</v>
       </c>
       <c r="F203" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G203" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="H203" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="I203" t="s">
+        <v>1115</v>
+      </c>
+      <c r="R203" t="s">
         <v>1114</v>
       </c>
-      <c r="R203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S203" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="AA203" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="204" spans="1:27">
       <c r="A204">
-        <v>8588</v>
+        <v>8587</v>
       </c>
       <c r="B204" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C204">
         <v>1418</v>
       </c>
       <c r="D204" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="E204">
         <v>740</v>
       </c>
       <c r="F204" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G204" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="H204" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="I204" t="s">
+        <v>1121</v>
+      </c>
+      <c r="R204" t="s">
         <v>1120</v>
       </c>
-      <c r="R204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S204" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="AA204" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="205" spans="1:27">
       <c r="A205">
-        <v>8589</v>
+        <v>8588</v>
       </c>
       <c r="B205" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C205">
         <v>1418</v>
       </c>
       <c r="D205" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="E205">
         <v>740</v>
       </c>
       <c r="F205" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G205" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="H205" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="I205" t="s">
+        <v>1127</v>
+      </c>
+      <c r="R205" t="s">
         <v>1126</v>
       </c>
-      <c r="R205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S205" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="AA205" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="206" spans="1:27">
       <c r="A206">
-        <v>8590</v>
+        <v>8589</v>
       </c>
       <c r="B206" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C206">
         <v>1418</v>
       </c>
       <c r="D206" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E206">
         <v>740</v>
       </c>
       <c r="F206" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G206" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="H206" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="I206" t="s">
+        <v>1133</v>
+      </c>
+      <c r="R206" t="s">
         <v>1132</v>
       </c>
-      <c r="R206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S206" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="AA206" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="207" spans="1:27">
       <c r="A207">
-        <v>8591</v>
+        <v>8590</v>
       </c>
       <c r="B207" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C207">
         <v>1418</v>
       </c>
       <c r="D207" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="E207">
         <v>740</v>
       </c>
       <c r="F207" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G207" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="H207" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="I207" t="s">
+        <v>1139</v>
+      </c>
+      <c r="R207" t="s">
         <v>1138</v>
       </c>
-      <c r="R207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S207" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="AA207" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="208" spans="1:27">
       <c r="A208">
-        <v>8592</v>
+        <v>8591</v>
       </c>
       <c r="B208" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C208">
         <v>1418</v>
       </c>
       <c r="D208" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="E208">
         <v>740</v>
       </c>
       <c r="F208" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G208" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="H208" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="I208" t="s">
+        <v>1145</v>
+      </c>
+      <c r="R208" t="s">
         <v>1144</v>
       </c>
-      <c r="R208" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S208" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="AA208" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="209" spans="1:27">
       <c r="A209">
-        <v>8593</v>
+        <v>8592</v>
       </c>
       <c r="B209" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="C209">
         <v>1418</v>
       </c>
       <c r="D209" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="E209">
         <v>740</v>
       </c>
       <c r="F209" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G209" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="H209" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="I209" t="s">
+        <v>1151</v>
+      </c>
+      <c r="R209" t="s">
         <v>1150</v>
       </c>
-      <c r="R209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S209" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="AA209" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="210" spans="1:27">
       <c r="A210">
-        <v>8594</v>
+        <v>8593</v>
       </c>
       <c r="B210" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C210">
         <v>1418</v>
       </c>
       <c r="D210" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="E210">
         <v>740</v>
       </c>
       <c r="F210" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G210" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="H210" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="I210" t="s">
+        <v>1157</v>
+      </c>
+      <c r="R210" t="s">
         <v>1156</v>
       </c>
-      <c r="R210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S210" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="AA210" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="211" spans="1:27">
       <c r="A211">
-        <v>8596</v>
+        <v>8594</v>
       </c>
       <c r="B211" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C211">
         <v>1418</v>
       </c>
       <c r="D211" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="E211">
         <v>740</v>
       </c>
       <c r="F211" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G211" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="H211" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="I211" t="s">
+        <v>1163</v>
+      </c>
+      <c r="R211" t="s">
         <v>1162</v>
       </c>
-      <c r="R211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S211" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="AA211" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="212" spans="1:27">
       <c r="A212">
-        <v>8597</v>
+        <v>8596</v>
       </c>
       <c r="B212" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C212">
         <v>1418</v>
       </c>
       <c r="D212" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="E212">
         <v>740</v>
       </c>
       <c r="F212" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G212" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="H212" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="I212" t="s">
+        <v>1169</v>
+      </c>
+      <c r="R212" t="s">
         <v>1168</v>
       </c>
-      <c r="R212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S212" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="AA212" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="213" spans="1:27">
       <c r="A213">
-        <v>8598</v>
+        <v>8597</v>
       </c>
       <c r="B213" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C213">
         <v>1418</v>
       </c>
       <c r="D213" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="E213">
         <v>740</v>
       </c>
       <c r="F213" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G213" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="H213" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="I213" t="s">
+        <v>1175</v>
+      </c>
+      <c r="R213" t="s">
         <v>1174</v>
       </c>
-      <c r="R213" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S213" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="AA213" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="214" spans="1:27">
       <c r="A214">
-        <v>8599</v>
+        <v>8598</v>
       </c>
       <c r="B214" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C214">
         <v>1418</v>
       </c>
       <c r="D214" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="E214">
         <v>740</v>
       </c>
       <c r="F214" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G214" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="H214" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="I214" t="s">
+        <v>1181</v>
+      </c>
+      <c r="R214" t="s">
         <v>1180</v>
       </c>
-      <c r="R214" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S214" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="AA214" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="215" spans="1:27">
       <c r="A215">
-        <v>8600</v>
+        <v>8599</v>
       </c>
       <c r="B215" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C215">
         <v>1418</v>
       </c>
       <c r="D215" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="E215">
         <v>740</v>
       </c>
       <c r="F215" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G215" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="H215" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="I215" t="s">
+        <v>1187</v>
+      </c>
+      <c r="R215" t="s">
         <v>1186</v>
       </c>
-      <c r="R215" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S215" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="AA215" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="216" spans="1:27">
       <c r="A216">
-        <v>49047</v>
+        <v>8600</v>
       </c>
       <c r="B216" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C216">
         <v>1418</v>
       </c>
       <c r="D216" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E216">
         <v>740</v>
       </c>
       <c r="F216" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G216" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="H216" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="I216" t="s">
+        <v>1193</v>
+      </c>
+      <c r="R216" t="s">
         <v>1192</v>
       </c>
-      <c r="R216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S216" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="AA216" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="217" spans="1:27">
       <c r="A217">
-        <v>7001</v>
+        <v>49047</v>
       </c>
       <c r="B217" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C217">
-        <v>1163</v>
+        <v>1418</v>
       </c>
       <c r="D217" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="E217">
-        <v>790</v>
+        <v>740</v>
       </c>
       <c r="F217" t="s">
-        <v>1196</v>
+        <v>668</v>
       </c>
       <c r="G217" t="s">
         <v>1197</v>
       </c>
       <c r="H217" t="s">
         <v>1198</v>
       </c>
       <c r="I217" t="s">
         <v>1199</v>
       </c>
-      <c r="J217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R217" t="s">
         <v>1198</v>
       </c>
-      <c r="U217" t="s">
+      <c r="S217" t="s">
         <v>1199</v>
       </c>
-      <c r="V217" t="s">
+      <c r="AA217" t="s">
         <v>1200</v>
-      </c>
-[...1 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="218" spans="1:27">
       <c r="A218">
-        <v>7002</v>
+        <v>7001</v>
       </c>
       <c r="B218" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="C218">
         <v>1163</v>
       </c>
       <c r="D218" t="s">
-        <v>1203</v>
+        <v>1202</v>
       </c>
       <c r="E218">
         <v>790</v>
       </c>
       <c r="F218" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G218" t="s">
         <v>1204</v>
       </c>
       <c r="H218" t="s">
         <v>1205</v>
       </c>
       <c r="I218" t="s">
         <v>1206</v>
       </c>
       <c r="J218" t="s">
         <v>1207</v>
       </c>
       <c r="R218" t="s">
         <v>1205</v>
       </c>
       <c r="U218" t="s">
         <v>1206</v>
       </c>
       <c r="V218" t="s">
         <v>1207</v>
       </c>
       <c r="AA218" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="219" spans="1:27">
       <c r="A219">
-        <v>7003</v>
+        <v>7002</v>
       </c>
       <c r="B219" t="s">
         <v>1209</v>
       </c>
       <c r="C219">
         <v>1163</v>
       </c>
       <c r="D219" t="s">
         <v>1210</v>
       </c>
       <c r="E219">
         <v>790</v>
       </c>
       <c r="F219" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G219" t="s">
         <v>1211</v>
       </c>
       <c r="H219" t="s">
         <v>1212</v>
       </c>
       <c r="I219" t="s">
         <v>1213</v>
       </c>
       <c r="J219" t="s">
         <v>1214</v>
       </c>
       <c r="R219" t="s">
         <v>1212</v>
       </c>
       <c r="U219" t="s">
         <v>1213</v>
       </c>
       <c r="V219" t="s">
         <v>1214</v>
       </c>
       <c r="AA219" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="220" spans="1:27">
       <c r="A220">
-        <v>7004</v>
+        <v>7003</v>
       </c>
       <c r="B220" t="s">
         <v>1216</v>
       </c>
       <c r="C220">
         <v>1163</v>
       </c>
       <c r="D220" t="s">
         <v>1217</v>
       </c>
       <c r="E220">
         <v>790</v>
       </c>
       <c r="F220" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G220" t="s">
         <v>1218</v>
       </c>
       <c r="H220" t="s">
         <v>1219</v>
       </c>
       <c r="I220" t="s">
         <v>1220</v>
       </c>
       <c r="J220" t="s">
         <v>1221</v>
       </c>
       <c r="R220" t="s">
         <v>1219</v>
       </c>
       <c r="U220" t="s">
         <v>1220</v>
       </c>
       <c r="V220" t="s">
         <v>1221</v>
       </c>
       <c r="AA220" t="s">
         <v>1222</v>
       </c>
     </row>
     <row r="221" spans="1:27">
       <c r="A221">
-        <v>7005</v>
+        <v>7004</v>
       </c>
       <c r="B221" t="s">
         <v>1223</v>
       </c>
       <c r="C221">
         <v>1163</v>
       </c>
       <c r="D221" t="s">
         <v>1224</v>
       </c>
       <c r="E221">
         <v>790</v>
       </c>
       <c r="F221" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G221" t="s">
         <v>1225</v>
       </c>
       <c r="H221" t="s">
         <v>1226</v>
       </c>
       <c r="I221" t="s">
         <v>1227</v>
       </c>
       <c r="J221" t="s">
         <v>1228</v>
       </c>
       <c r="R221" t="s">
         <v>1226</v>
       </c>
       <c r="U221" t="s">
         <v>1227</v>
       </c>
       <c r="V221" t="s">
         <v>1228</v>
       </c>
       <c r="AA221" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="222" spans="1:27">
       <c r="A222">
-        <v>7006</v>
+        <v>7005</v>
       </c>
       <c r="B222" t="s">
         <v>1230</v>
       </c>
       <c r="C222">
         <v>1163</v>
       </c>
       <c r="D222" t="s">
         <v>1231</v>
       </c>
       <c r="E222">
         <v>790</v>
       </c>
       <c r="F222" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G222" t="s">
         <v>1232</v>
       </c>
       <c r="H222" t="s">
         <v>1233</v>
       </c>
       <c r="I222" t="s">
         <v>1234</v>
       </c>
       <c r="J222" t="s">
         <v>1235</v>
       </c>
       <c r="R222" t="s">
         <v>1233</v>
       </c>
       <c r="U222" t="s">
         <v>1234</v>
       </c>
       <c r="V222" t="s">
         <v>1235</v>
       </c>
       <c r="AA222" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="223" spans="1:27">
       <c r="A223">
-        <v>7007</v>
+        <v>7006</v>
       </c>
       <c r="B223" t="s">
         <v>1237</v>
       </c>
       <c r="C223">
         <v>1163</v>
       </c>
       <c r="D223" t="s">
         <v>1238</v>
       </c>
       <c r="E223">
         <v>790</v>
       </c>
       <c r="F223" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G223" t="s">
         <v>1239</v>
       </c>
       <c r="H223" t="s">
         <v>1240</v>
       </c>
       <c r="I223" t="s">
         <v>1241</v>
       </c>
       <c r="J223" t="s">
         <v>1242</v>
       </c>
       <c r="R223" t="s">
         <v>1240</v>
       </c>
       <c r="U223" t="s">
         <v>1241</v>
       </c>
       <c r="V223" t="s">
         <v>1242</v>
       </c>
       <c r="AA223" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="224" spans="1:27">
       <c r="A224">
-        <v>7008</v>
+        <v>7007</v>
       </c>
       <c r="B224" t="s">
         <v>1244</v>
       </c>
       <c r="C224">
         <v>1163</v>
       </c>
       <c r="D224" t="s">
         <v>1245</v>
       </c>
       <c r="E224">
         <v>790</v>
       </c>
       <c r="F224" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G224" t="s">
         <v>1246</v>
       </c>
       <c r="H224" t="s">
         <v>1247</v>
       </c>
       <c r="I224" t="s">
         <v>1248</v>
       </c>
       <c r="J224" t="s">
         <v>1249</v>
       </c>
       <c r="R224" t="s">
         <v>1247</v>
       </c>
       <c r="U224" t="s">
         <v>1248</v>
       </c>
       <c r="V224" t="s">
         <v>1249</v>
       </c>
       <c r="AA224" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="225" spans="1:27">
       <c r="A225">
-        <v>7009</v>
+        <v>7008</v>
       </c>
       <c r="B225" t="s">
         <v>1251</v>
       </c>
       <c r="C225">
         <v>1163</v>
       </c>
       <c r="D225" t="s">
         <v>1252</v>
       </c>
       <c r="E225">
         <v>790</v>
       </c>
       <c r="F225" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G225" t="s">
         <v>1253</v>
       </c>
       <c r="H225" t="s">
         <v>1254</v>
       </c>
       <c r="I225" t="s">
         <v>1255</v>
       </c>
       <c r="J225" t="s">
         <v>1256</v>
       </c>
       <c r="R225" t="s">
         <v>1254</v>
       </c>
       <c r="U225" t="s">
         <v>1255</v>
       </c>
       <c r="V225" t="s">
         <v>1256</v>
       </c>
       <c r="AA225" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="226" spans="1:27">
       <c r="A226">
-        <v>7010</v>
+        <v>7009</v>
       </c>
       <c r="B226" t="s">
         <v>1258</v>
       </c>
       <c r="C226">
         <v>1163</v>
       </c>
       <c r="D226" t="s">
         <v>1259</v>
       </c>
       <c r="E226">
         <v>790</v>
       </c>
       <c r="F226" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G226" t="s">
         <v>1260</v>
       </c>
       <c r="H226" t="s">
         <v>1261</v>
       </c>
       <c r="I226" t="s">
         <v>1262</v>
       </c>
       <c r="J226" t="s">
         <v>1263</v>
       </c>
       <c r="R226" t="s">
         <v>1261</v>
       </c>
       <c r="U226" t="s">
         <v>1262</v>
       </c>
       <c r="V226" t="s">
         <v>1263</v>
       </c>
       <c r="AA226" t="s">
         <v>1264</v>
       </c>
     </row>
     <row r="227" spans="1:27">
       <c r="A227">
-        <v>7011</v>
+        <v>7010</v>
       </c>
       <c r="B227" t="s">
         <v>1265</v>
       </c>
       <c r="C227">
         <v>1163</v>
       </c>
       <c r="D227" t="s">
         <v>1266</v>
       </c>
       <c r="E227">
         <v>790</v>
       </c>
       <c r="F227" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G227" t="s">
         <v>1267</v>
       </c>
       <c r="H227" t="s">
         <v>1268</v>
       </c>
       <c r="I227" t="s">
         <v>1269</v>
       </c>
       <c r="J227" t="s">
         <v>1270</v>
       </c>
       <c r="R227" t="s">
         <v>1268</v>
       </c>
       <c r="U227" t="s">
         <v>1269</v>
       </c>
       <c r="V227" t="s">
         <v>1270</v>
       </c>
       <c r="AA227" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="228" spans="1:27">
       <c r="A228">
-        <v>7012</v>
+        <v>7011</v>
       </c>
       <c r="B228" t="s">
         <v>1272</v>
       </c>
       <c r="C228">
         <v>1163</v>
       </c>
       <c r="D228" t="s">
         <v>1273</v>
       </c>
       <c r="E228">
         <v>790</v>
       </c>
       <c r="F228" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G228" t="s">
         <v>1274</v>
       </c>
       <c r="H228" t="s">
         <v>1275</v>
       </c>
       <c r="I228" t="s">
         <v>1276</v>
       </c>
       <c r="J228" t="s">
         <v>1277</v>
       </c>
       <c r="R228" t="s">
         <v>1275</v>
       </c>
       <c r="U228" t="s">
         <v>1276</v>
       </c>
       <c r="V228" t="s">
         <v>1277</v>
       </c>
       <c r="AA228" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="229" spans="1:27">
       <c r="A229">
-        <v>7013</v>
+        <v>7012</v>
       </c>
       <c r="B229" t="s">
         <v>1279</v>
       </c>
       <c r="C229">
         <v>1163</v>
       </c>
       <c r="D229" t="s">
         <v>1280</v>
       </c>
       <c r="E229">
         <v>790</v>
       </c>
       <c r="F229" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G229" t="s">
         <v>1281</v>
       </c>
       <c r="H229" t="s">
         <v>1282</v>
       </c>
       <c r="I229" t="s">
         <v>1283</v>
       </c>
       <c r="J229" t="s">
         <v>1284</v>
       </c>
       <c r="R229" t="s">
         <v>1282</v>
       </c>
       <c r="U229" t="s">
         <v>1283</v>
       </c>
       <c r="V229" t="s">
         <v>1284</v>
       </c>
       <c r="AA229" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="230" spans="1:27">
       <c r="A230">
-        <v>7014</v>
+        <v>7013</v>
       </c>
       <c r="B230" t="s">
         <v>1286</v>
       </c>
       <c r="C230">
         <v>1163</v>
       </c>
       <c r="D230" t="s">
         <v>1287</v>
       </c>
       <c r="E230">
         <v>790</v>
       </c>
       <c r="F230" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G230" t="s">
         <v>1288</v>
       </c>
       <c r="H230" t="s">
         <v>1289</v>
       </c>
       <c r="I230" t="s">
         <v>1290</v>
       </c>
       <c r="J230" t="s">
         <v>1291</v>
       </c>
       <c r="R230" t="s">
         <v>1289</v>
       </c>
       <c r="U230" t="s">
         <v>1290</v>
       </c>
       <c r="V230" t="s">
         <v>1291</v>
       </c>
       <c r="AA230" t="s">
         <v>1292</v>
       </c>
     </row>
     <row r="231" spans="1:27">
       <c r="A231">
-        <v>7015</v>
+        <v>7014</v>
       </c>
       <c r="B231" t="s">
         <v>1293</v>
       </c>
       <c r="C231">
         <v>1163</v>
       </c>
       <c r="D231" t="s">
         <v>1294</v>
       </c>
       <c r="E231">
         <v>790</v>
       </c>
       <c r="F231" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G231" t="s">
         <v>1295</v>
       </c>
       <c r="H231" t="s">
         <v>1296</v>
       </c>
       <c r="I231" t="s">
         <v>1297</v>
       </c>
       <c r="J231" t="s">
         <v>1298</v>
       </c>
       <c r="R231" t="s">
         <v>1296</v>
       </c>
       <c r="U231" t="s">
         <v>1297</v>
       </c>
       <c r="V231" t="s">
         <v>1298</v>
       </c>
       <c r="AA231" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="232" spans="1:27">
       <c r="A232">
-        <v>7016</v>
+        <v>7015</v>
       </c>
       <c r="B232" t="s">
         <v>1300</v>
       </c>
       <c r="C232">
         <v>1163</v>
       </c>
       <c r="D232" t="s">
         <v>1301</v>
       </c>
       <c r="E232">
         <v>790</v>
       </c>
       <c r="F232" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G232" t="s">
         <v>1302</v>
       </c>
       <c r="H232" t="s">
         <v>1303</v>
       </c>
       <c r="I232" t="s">
         <v>1304</v>
       </c>
       <c r="J232" t="s">
         <v>1305</v>
       </c>
       <c r="R232" t="s">
         <v>1303</v>
       </c>
       <c r="U232" t="s">
         <v>1304</v>
       </c>
       <c r="V232" t="s">
         <v>1305</v>
       </c>
       <c r="AA232" t="s">
         <v>1306</v>
       </c>
     </row>
     <row r="233" spans="1:27">
       <c r="A233">
-        <v>7017</v>
+        <v>7016</v>
       </c>
       <c r="B233" t="s">
         <v>1307</v>
       </c>
       <c r="C233">
         <v>1163</v>
       </c>
       <c r="D233" t="s">
         <v>1308</v>
       </c>
       <c r="E233">
         <v>790</v>
       </c>
       <c r="F233" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G233" t="s">
         <v>1309</v>
       </c>
       <c r="H233" t="s">
         <v>1310</v>
       </c>
       <c r="I233" t="s">
         <v>1311</v>
       </c>
       <c r="J233" t="s">
         <v>1312</v>
       </c>
       <c r="R233" t="s">
         <v>1310</v>
       </c>
       <c r="U233" t="s">
         <v>1311</v>
       </c>
       <c r="V233" t="s">
         <v>1312</v>
       </c>
       <c r="AA233" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="234" spans="1:27">
       <c r="A234">
-        <v>7018</v>
+        <v>7017</v>
       </c>
       <c r="B234" t="s">
         <v>1314</v>
       </c>
       <c r="C234">
         <v>1163</v>
       </c>
       <c r="D234" t="s">
         <v>1315</v>
       </c>
       <c r="E234">
         <v>790</v>
       </c>
       <c r="F234" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G234" t="s">
         <v>1316</v>
       </c>
       <c r="H234" t="s">
         <v>1317</v>
       </c>
       <c r="I234" t="s">
         <v>1318</v>
       </c>
       <c r="J234" t="s">
         <v>1319</v>
       </c>
       <c r="R234" t="s">
         <v>1317</v>
       </c>
       <c r="U234" t="s">
         <v>1318</v>
       </c>
       <c r="V234" t="s">
         <v>1319</v>
       </c>
       <c r="AA234" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="235" spans="1:27">
       <c r="A235">
-        <v>7019</v>
+        <v>7018</v>
       </c>
       <c r="B235" t="s">
         <v>1321</v>
       </c>
       <c r="C235">
         <v>1163</v>
       </c>
       <c r="D235" t="s">
         <v>1322</v>
       </c>
       <c r="E235">
         <v>790</v>
       </c>
       <c r="F235" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G235" t="s">
         <v>1323</v>
       </c>
       <c r="H235" t="s">
         <v>1324</v>
       </c>
       <c r="I235" t="s">
         <v>1325</v>
       </c>
       <c r="J235" t="s">
         <v>1326</v>
       </c>
       <c r="R235" t="s">
         <v>1324</v>
       </c>
       <c r="U235" t="s">
         <v>1325</v>
       </c>
       <c r="V235" t="s">
         <v>1326</v>
       </c>
       <c r="AA235" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="236" spans="1:27">
       <c r="A236">
-        <v>7020</v>
+        <v>7019</v>
       </c>
       <c r="B236" t="s">
         <v>1328</v>
       </c>
       <c r="C236">
         <v>1163</v>
       </c>
       <c r="D236" t="s">
         <v>1329</v>
       </c>
       <c r="E236">
         <v>790</v>
       </c>
       <c r="F236" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G236" t="s">
         <v>1330</v>
       </c>
       <c r="H236" t="s">
         <v>1331</v>
       </c>
       <c r="I236" t="s">
         <v>1332</v>
       </c>
       <c r="J236" t="s">
         <v>1333</v>
       </c>
       <c r="R236" t="s">
         <v>1331</v>
       </c>
       <c r="U236" t="s">
         <v>1332</v>
       </c>
       <c r="V236" t="s">
         <v>1333</v>
       </c>
       <c r="AA236" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="237" spans="1:27">
       <c r="A237">
-        <v>7021</v>
+        <v>7020</v>
       </c>
       <c r="B237" t="s">
         <v>1335</v>
       </c>
       <c r="C237">
         <v>1163</v>
       </c>
       <c r="D237" t="s">
         <v>1336</v>
       </c>
       <c r="E237">
         <v>790</v>
       </c>
       <c r="F237" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G237" t="s">
         <v>1337</v>
       </c>
       <c r="H237" t="s">
         <v>1338</v>
       </c>
       <c r="I237" t="s">
         <v>1339</v>
       </c>
       <c r="J237" t="s">
         <v>1340</v>
       </c>
       <c r="R237" t="s">
         <v>1338</v>
       </c>
       <c r="U237" t="s">
         <v>1339</v>
       </c>
       <c r="V237" t="s">
         <v>1340</v>
       </c>
       <c r="AA237" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="238" spans="1:27">
       <c r="A238">
-        <v>7022</v>
+        <v>7021</v>
       </c>
       <c r="B238" t="s">
         <v>1342</v>
       </c>
       <c r="C238">
         <v>1163</v>
       </c>
       <c r="D238" t="s">
         <v>1343</v>
       </c>
       <c r="E238">
         <v>790</v>
       </c>
       <c r="F238" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G238" t="s">
         <v>1344</v>
       </c>
       <c r="H238" t="s">
         <v>1345</v>
       </c>
       <c r="I238" t="s">
         <v>1346</v>
       </c>
       <c r="J238" t="s">
         <v>1347</v>
       </c>
       <c r="R238" t="s">
         <v>1345</v>
       </c>
       <c r="U238" t="s">
         <v>1346</v>
       </c>
       <c r="V238" t="s">
         <v>1347</v>
       </c>
       <c r="AA238" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="239" spans="1:27">
       <c r="A239">
-        <v>7023</v>
+        <v>7022</v>
       </c>
       <c r="B239" t="s">
         <v>1349</v>
       </c>
       <c r="C239">
         <v>1163</v>
       </c>
       <c r="D239" t="s">
         <v>1350</v>
       </c>
       <c r="E239">
         <v>790</v>
       </c>
       <c r="F239" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G239" t="s">
         <v>1351</v>
       </c>
       <c r="H239" t="s">
         <v>1352</v>
       </c>
       <c r="I239" t="s">
         <v>1353</v>
       </c>
       <c r="J239" t="s">
         <v>1354</v>
       </c>
       <c r="R239" t="s">
         <v>1352</v>
       </c>
       <c r="U239" t="s">
         <v>1353</v>
       </c>
       <c r="V239" t="s">
         <v>1354</v>
       </c>
       <c r="AA239" t="s">
         <v>1355</v>
       </c>
     </row>
     <row r="240" spans="1:27">
       <c r="A240">
-        <v>7032</v>
+        <v>7023</v>
       </c>
       <c r="B240" t="s">
         <v>1356</v>
       </c>
       <c r="C240">
         <v>1163</v>
       </c>
       <c r="D240" t="s">
         <v>1357</v>
       </c>
       <c r="E240">
         <v>790</v>
       </c>
       <c r="F240" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G240" t="s">
         <v>1358</v>
       </c>
       <c r="H240" t="s">
         <v>1359</v>
       </c>
       <c r="I240" t="s">
         <v>1360</v>
       </c>
       <c r="J240" t="s">
         <v>1361</v>
       </c>
       <c r="R240" t="s">
         <v>1359</v>
       </c>
       <c r="U240" t="s">
         <v>1360</v>
       </c>
       <c r="V240" t="s">
         <v>1361</v>
       </c>
       <c r="AA240" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="241" spans="1:27">
       <c r="A241">
-        <v>7033</v>
+        <v>7032</v>
       </c>
       <c r="B241" t="s">
         <v>1363</v>
       </c>
       <c r="C241">
         <v>1163</v>
       </c>
       <c r="D241" t="s">
         <v>1364</v>
       </c>
       <c r="E241">
         <v>790</v>
       </c>
       <c r="F241" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G241" t="s">
         <v>1365</v>
       </c>
       <c r="H241" t="s">
         <v>1366</v>
       </c>
       <c r="I241" t="s">
         <v>1367</v>
       </c>
       <c r="J241" t="s">
         <v>1368</v>
       </c>
       <c r="R241" t="s">
         <v>1366</v>
       </c>
       <c r="U241" t="s">
         <v>1367</v>
       </c>
       <c r="V241" t="s">
         <v>1368</v>
       </c>
       <c r="AA241" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="242" spans="1:27">
       <c r="A242">
-        <v>7034</v>
+        <v>7033</v>
       </c>
       <c r="B242" t="s">
         <v>1370</v>
       </c>
       <c r="C242">
         <v>1163</v>
       </c>
       <c r="D242" t="s">
         <v>1371</v>
       </c>
       <c r="E242">
         <v>790</v>
       </c>
       <c r="F242" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G242" t="s">
         <v>1372</v>
       </c>
       <c r="H242" t="s">
         <v>1373</v>
       </c>
       <c r="I242" t="s">
         <v>1374</v>
       </c>
       <c r="J242" t="s">
         <v>1375</v>
       </c>
       <c r="R242" t="s">
         <v>1373</v>
       </c>
       <c r="U242" t="s">
         <v>1374</v>
       </c>
       <c r="V242" t="s">
         <v>1375</v>
       </c>
       <c r="AA242" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="243" spans="1:27">
       <c r="A243">
-        <v>7035</v>
+        <v>7034</v>
       </c>
       <c r="B243" t="s">
         <v>1377</v>
       </c>
       <c r="C243">
         <v>1163</v>
       </c>
       <c r="D243" t="s">
         <v>1378</v>
       </c>
       <c r="E243">
         <v>790</v>
       </c>
       <c r="F243" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G243" t="s">
         <v>1379</v>
       </c>
       <c r="H243" t="s">
         <v>1380</v>
       </c>
       <c r="I243" t="s">
         <v>1381</v>
       </c>
       <c r="J243" t="s">
         <v>1382</v>
       </c>
       <c r="R243" t="s">
         <v>1380</v>
       </c>
       <c r="U243" t="s">
         <v>1381</v>
       </c>
       <c r="V243" t="s">
         <v>1382</v>
       </c>
       <c r="AA243" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="244" spans="1:27">
       <c r="A244">
-        <v>7036</v>
+        <v>7035</v>
       </c>
       <c r="B244" t="s">
         <v>1384</v>
       </c>
       <c r="C244">
         <v>1163</v>
       </c>
       <c r="D244" t="s">
         <v>1385</v>
       </c>
       <c r="E244">
         <v>790</v>
       </c>
       <c r="F244" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G244" t="s">
         <v>1386</v>
       </c>
       <c r="H244" t="s">
         <v>1387</v>
       </c>
       <c r="I244" t="s">
         <v>1388</v>
       </c>
       <c r="J244" t="s">
         <v>1389</v>
       </c>
       <c r="R244" t="s">
         <v>1387</v>
       </c>
       <c r="U244" t="s">
         <v>1388</v>
       </c>
       <c r="V244" t="s">
         <v>1389</v>
       </c>
       <c r="AA244" t="s">
         <v>1390</v>
       </c>
     </row>
     <row r="245" spans="1:27">
       <c r="A245">
-        <v>7037</v>
+        <v>7036</v>
       </c>
       <c r="B245" t="s">
         <v>1391</v>
       </c>
       <c r="C245">
         <v>1163</v>
       </c>
       <c r="D245" t="s">
         <v>1392</v>
       </c>
       <c r="E245">
         <v>790</v>
       </c>
       <c r="F245" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G245" t="s">
         <v>1393</v>
       </c>
       <c r="H245" t="s">
         <v>1394</v>
       </c>
       <c r="I245" t="s">
         <v>1395</v>
       </c>
       <c r="J245" t="s">
         <v>1396</v>
       </c>
       <c r="R245" t="s">
         <v>1394</v>
       </c>
       <c r="U245" t="s">
         <v>1395</v>
       </c>
       <c r="V245" t="s">
         <v>1396</v>
       </c>
       <c r="AA245" t="s">
         <v>1397</v>
       </c>
     </row>
     <row r="246" spans="1:27">
       <c r="A246">
-        <v>7038</v>
+        <v>7037</v>
       </c>
       <c r="B246" t="s">
         <v>1398</v>
       </c>
       <c r="C246">
         <v>1163</v>
       </c>
       <c r="D246" t="s">
         <v>1399</v>
       </c>
       <c r="E246">
         <v>790</v>
       </c>
       <c r="F246" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G246" t="s">
         <v>1400</v>
       </c>
       <c r="H246" t="s">
         <v>1401</v>
       </c>
       <c r="I246" t="s">
         <v>1402</v>
       </c>
       <c r="J246" t="s">
         <v>1403</v>
       </c>
       <c r="R246" t="s">
         <v>1401</v>
       </c>
       <c r="U246" t="s">
         <v>1402</v>
       </c>
       <c r="V246" t="s">
         <v>1403</v>
       </c>
       <c r="AA246" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="247" spans="1:27">
       <c r="A247">
-        <v>7039</v>
+        <v>7038</v>
       </c>
       <c r="B247" t="s">
         <v>1405</v>
       </c>
       <c r="C247">
         <v>1163</v>
       </c>
       <c r="D247" t="s">
         <v>1406</v>
       </c>
       <c r="E247">
         <v>790</v>
       </c>
       <c r="F247" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G247" t="s">
         <v>1407</v>
       </c>
       <c r="H247" t="s">
         <v>1408</v>
       </c>
       <c r="I247" t="s">
         <v>1409</v>
       </c>
       <c r="J247" t="s">
         <v>1410</v>
       </c>
       <c r="R247" t="s">
         <v>1408</v>
       </c>
       <c r="U247" t="s">
         <v>1409</v>
       </c>
       <c r="V247" t="s">
         <v>1410</v>
       </c>
       <c r="AA247" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="248" spans="1:27">
       <c r="A248">
-        <v>7040</v>
+        <v>7039</v>
       </c>
       <c r="B248" t="s">
         <v>1412</v>
       </c>
       <c r="C248">
         <v>1163</v>
       </c>
       <c r="D248" t="s">
         <v>1413</v>
       </c>
       <c r="E248">
         <v>790</v>
       </c>
       <c r="F248" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G248" t="s">
         <v>1414</v>
       </c>
       <c r="H248" t="s">
         <v>1415</v>
       </c>
       <c r="I248" t="s">
         <v>1416</v>
       </c>
       <c r="J248" t="s">
         <v>1417</v>
       </c>
       <c r="R248" t="s">
         <v>1415</v>
       </c>
       <c r="U248" t="s">
         <v>1416</v>
       </c>
       <c r="V248" t="s">
         <v>1417</v>
       </c>
       <c r="AA248" t="s">
         <v>1418</v>
       </c>
     </row>
     <row r="249" spans="1:27">
       <c r="A249">
-        <v>7041</v>
+        <v>7040</v>
       </c>
       <c r="B249" t="s">
         <v>1419</v>
       </c>
       <c r="C249">
         <v>1163</v>
       </c>
       <c r="D249" t="s">
         <v>1420</v>
       </c>
       <c r="E249">
         <v>790</v>
       </c>
       <c r="F249" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G249" t="s">
         <v>1421</v>
       </c>
       <c r="H249" t="s">
         <v>1422</v>
       </c>
       <c r="I249" t="s">
         <v>1423</v>
       </c>
       <c r="J249" t="s">
         <v>1424</v>
       </c>
       <c r="R249" t="s">
         <v>1422</v>
       </c>
       <c r="U249" t="s">
         <v>1423</v>
       </c>
       <c r="V249" t="s">
         <v>1424</v>
       </c>
       <c r="AA249" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="250" spans="1:27">
       <c r="A250">
-        <v>7042</v>
+        <v>7041</v>
       </c>
       <c r="B250" t="s">
         <v>1426</v>
       </c>
       <c r="C250">
         <v>1163</v>
       </c>
       <c r="D250" t="s">
         <v>1427</v>
       </c>
       <c r="E250">
         <v>790</v>
       </c>
       <c r="F250" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G250" t="s">
         <v>1428</v>
       </c>
       <c r="H250" t="s">
         <v>1429</v>
       </c>
       <c r="I250" t="s">
         <v>1430</v>
       </c>
       <c r="J250" t="s">
         <v>1431</v>
       </c>
       <c r="R250" t="s">
         <v>1429</v>
       </c>
       <c r="U250" t="s">
         <v>1430</v>
       </c>
       <c r="V250" t="s">
         <v>1431</v>
       </c>
       <c r="AA250" t="s">
         <v>1432</v>
       </c>
     </row>
     <row r="251" spans="1:27">
       <c r="A251">
-        <v>7045</v>
+        <v>7042</v>
       </c>
       <c r="B251" t="s">
         <v>1433</v>
       </c>
       <c r="C251">
         <v>1163</v>
       </c>
       <c r="D251" t="s">
         <v>1434</v>
       </c>
       <c r="E251">
         <v>790</v>
       </c>
       <c r="F251" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G251" t="s">
         <v>1435</v>
       </c>
       <c r="H251" t="s">
         <v>1436</v>
       </c>
       <c r="I251" t="s">
         <v>1437</v>
       </c>
       <c r="J251" t="s">
         <v>1438</v>
       </c>
       <c r="R251" t="s">
         <v>1436</v>
       </c>
       <c r="U251" t="s">
         <v>1437</v>
       </c>
       <c r="V251" t="s">
         <v>1438</v>
       </c>
       <c r="AA251" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="252" spans="1:27">
       <c r="A252">
-        <v>7046</v>
+        <v>7045</v>
       </c>
       <c r="B252" t="s">
         <v>1440</v>
       </c>
       <c r="C252">
         <v>1163</v>
       </c>
       <c r="D252" t="s">
         <v>1441</v>
       </c>
       <c r="E252">
         <v>790</v>
       </c>
       <c r="F252" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G252" t="s">
         <v>1442</v>
       </c>
       <c r="H252" t="s">
         <v>1443</v>
       </c>
       <c r="I252" t="s">
         <v>1444</v>
       </c>
       <c r="J252" t="s">
         <v>1445</v>
       </c>
       <c r="R252" t="s">
         <v>1443</v>
       </c>
       <c r="U252" t="s">
         <v>1444</v>
       </c>
       <c r="V252" t="s">
         <v>1445</v>
       </c>
       <c r="AA252" t="s">
         <v>1446</v>
       </c>
     </row>
     <row r="253" spans="1:27">
       <c r="A253">
-        <v>7048</v>
+        <v>7046</v>
       </c>
       <c r="B253" t="s">
         <v>1447</v>
       </c>
       <c r="C253">
         <v>1163</v>
       </c>
       <c r="D253" t="s">
         <v>1448</v>
       </c>
       <c r="E253">
         <v>790</v>
       </c>
       <c r="F253" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G253" t="s">
         <v>1449</v>
       </c>
       <c r="H253" t="s">
         <v>1450</v>
       </c>
       <c r="I253" t="s">
         <v>1451</v>
       </c>
       <c r="J253" t="s">
         <v>1452</v>
       </c>
       <c r="R253" t="s">
         <v>1450</v>
       </c>
       <c r="U253" t="s">
         <v>1451</v>
       </c>
       <c r="V253" t="s">
         <v>1452</v>
       </c>
       <c r="AA253" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="254" spans="1:27">
       <c r="A254">
-        <v>7052</v>
+        <v>7048</v>
       </c>
       <c r="B254" t="s">
         <v>1454</v>
       </c>
       <c r="C254">
         <v>1163</v>
       </c>
       <c r="D254" t="s">
         <v>1455</v>
       </c>
       <c r="E254">
         <v>790</v>
       </c>
       <c r="F254" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G254" t="s">
         <v>1456</v>
       </c>
       <c r="H254" t="s">
         <v>1457</v>
       </c>
       <c r="I254" t="s">
         <v>1458</v>
       </c>
       <c r="J254" t="s">
         <v>1459</v>
       </c>
       <c r="R254" t="s">
         <v>1457</v>
       </c>
       <c r="U254" t="s">
         <v>1458</v>
       </c>
       <c r="V254" t="s">
         <v>1459</v>
       </c>
       <c r="AA254" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="255" spans="1:27">
       <c r="A255">
-        <v>7053</v>
+        <v>7052</v>
       </c>
       <c r="B255" t="s">
         <v>1461</v>
       </c>
       <c r="C255">
         <v>1163</v>
       </c>
       <c r="D255" t="s">
         <v>1462</v>
       </c>
       <c r="E255">
         <v>790</v>
       </c>
       <c r="F255" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G255" t="s">
         <v>1463</v>
       </c>
       <c r="H255" t="s">
         <v>1464</v>
       </c>
       <c r="I255" t="s">
         <v>1465</v>
       </c>
       <c r="J255" t="s">
         <v>1466</v>
       </c>
       <c r="R255" t="s">
         <v>1464</v>
       </c>
       <c r="U255" t="s">
         <v>1465</v>
       </c>
       <c r="V255" t="s">
         <v>1466</v>
       </c>
       <c r="AA255" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="256" spans="1:27">
       <c r="A256">
-        <v>7054</v>
+        <v>7053</v>
       </c>
       <c r="B256" t="s">
         <v>1468</v>
       </c>
       <c r="C256">
         <v>1163</v>
       </c>
       <c r="D256" t="s">
         <v>1469</v>
       </c>
       <c r="E256">
         <v>790</v>
       </c>
       <c r="F256" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G256" t="s">
         <v>1470</v>
       </c>
       <c r="H256" t="s">
         <v>1471</v>
       </c>
       <c r="I256" t="s">
         <v>1472</v>
       </c>
       <c r="J256" t="s">
         <v>1473</v>
       </c>
       <c r="R256" t="s">
         <v>1471</v>
       </c>
       <c r="U256" t="s">
         <v>1472</v>
       </c>
       <c r="V256" t="s">
         <v>1473</v>
       </c>
       <c r="AA256" t="s">
         <v>1474</v>
       </c>
     </row>
     <row r="257" spans="1:27">
       <c r="A257">
-        <v>7055</v>
+        <v>7054</v>
       </c>
       <c r="B257" t="s">
         <v>1475</v>
       </c>
       <c r="C257">
         <v>1163</v>
       </c>
       <c r="D257" t="s">
         <v>1476</v>
       </c>
       <c r="E257">
         <v>790</v>
       </c>
       <c r="F257" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G257" t="s">
         <v>1477</v>
       </c>
       <c r="H257" t="s">
         <v>1478</v>
       </c>
       <c r="I257" t="s">
         <v>1479</v>
       </c>
       <c r="J257" t="s">
         <v>1480</v>
       </c>
       <c r="R257" t="s">
         <v>1478</v>
       </c>
       <c r="U257" t="s">
         <v>1479</v>
       </c>
       <c r="V257" t="s">
         <v>1480</v>
       </c>
       <c r="AA257" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="258" spans="1:27">
       <c r="A258">
-        <v>7056</v>
+        <v>7055</v>
       </c>
       <c r="B258" t="s">
         <v>1482</v>
       </c>
       <c r="C258">
         <v>1163</v>
       </c>
       <c r="D258" t="s">
         <v>1483</v>
       </c>
       <c r="E258">
         <v>790</v>
       </c>
       <c r="F258" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G258" t="s">
         <v>1484</v>
       </c>
       <c r="H258" t="s">
         <v>1485</v>
       </c>
       <c r="I258" t="s">
         <v>1486</v>
       </c>
       <c r="J258" t="s">
         <v>1487</v>
       </c>
       <c r="R258" t="s">
         <v>1485</v>
       </c>
       <c r="U258" t="s">
         <v>1486</v>
       </c>
       <c r="V258" t="s">
         <v>1487</v>
       </c>
       <c r="AA258" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="259" spans="1:27">
       <c r="A259">
-        <v>7057</v>
+        <v>7056</v>
       </c>
       <c r="B259" t="s">
         <v>1489</v>
       </c>
       <c r="C259">
         <v>1163</v>
       </c>
       <c r="D259" t="s">
         <v>1490</v>
       </c>
       <c r="E259">
         <v>790</v>
       </c>
       <c r="F259" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G259" t="s">
         <v>1491</v>
       </c>
       <c r="H259" t="s">
         <v>1492</v>
       </c>
       <c r="I259" t="s">
         <v>1493</v>
       </c>
       <c r="J259" t="s">
         <v>1494</v>
       </c>
       <c r="R259" t="s">
         <v>1492</v>
       </c>
       <c r="U259" t="s">
         <v>1493</v>
       </c>
       <c r="V259" t="s">
         <v>1494</v>
       </c>
       <c r="AA259" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="260" spans="1:27">
       <c r="A260">
-        <v>7058</v>
+        <v>7057</v>
       </c>
       <c r="B260" t="s">
         <v>1496</v>
       </c>
       <c r="C260">
         <v>1163</v>
       </c>
       <c r="D260" t="s">
         <v>1497</v>
       </c>
       <c r="E260">
         <v>790</v>
       </c>
       <c r="F260" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G260" t="s">
         <v>1498</v>
       </c>
       <c r="H260" t="s">
         <v>1499</v>
       </c>
       <c r="I260" t="s">
         <v>1500</v>
       </c>
       <c r="J260" t="s">
         <v>1501</v>
       </c>
       <c r="R260" t="s">
         <v>1499</v>
       </c>
       <c r="U260" t="s">
         <v>1500</v>
       </c>
       <c r="V260" t="s">
         <v>1501</v>
       </c>
       <c r="AA260" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="261" spans="1:27">
       <c r="A261">
-        <v>7062</v>
+        <v>7058</v>
       </c>
       <c r="B261" t="s">
         <v>1503</v>
       </c>
       <c r="C261">
         <v>1163</v>
       </c>
       <c r="D261" t="s">
         <v>1504</v>
       </c>
       <c r="E261">
         <v>790</v>
       </c>
       <c r="F261" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G261" t="s">
         <v>1505</v>
       </c>
       <c r="H261" t="s">
         <v>1506</v>
       </c>
       <c r="I261" t="s">
         <v>1507</v>
       </c>
       <c r="J261" t="s">
         <v>1508</v>
       </c>
       <c r="R261" t="s">
         <v>1506</v>
       </c>
       <c r="U261" t="s">
         <v>1507</v>
       </c>
       <c r="V261" t="s">
         <v>1508</v>
       </c>
       <c r="AA261" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="262" spans="1:27">
       <c r="A262">
-        <v>7063</v>
+        <v>7062</v>
       </c>
       <c r="B262" t="s">
         <v>1510</v>
       </c>
       <c r="C262">
         <v>1163</v>
       </c>
       <c r="D262" t="s">
         <v>1511</v>
       </c>
       <c r="E262">
         <v>790</v>
       </c>
       <c r="F262" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G262" t="s">
         <v>1512</v>
       </c>
       <c r="H262" t="s">
         <v>1513</v>
       </c>
       <c r="I262" t="s">
         <v>1514</v>
       </c>
       <c r="J262" t="s">
         <v>1515</v>
       </c>
       <c r="R262" t="s">
         <v>1513</v>
       </c>
       <c r="U262" t="s">
         <v>1514</v>
       </c>
       <c r="V262" t="s">
         <v>1515</v>
       </c>
       <c r="AA262" t="s">
         <v>1516</v>
       </c>
     </row>
     <row r="263" spans="1:27">
       <c r="A263">
-        <v>7064</v>
+        <v>7063</v>
       </c>
       <c r="B263" t="s">
         <v>1517</v>
       </c>
       <c r="C263">
         <v>1163</v>
       </c>
       <c r="D263" t="s">
         <v>1518</v>
       </c>
       <c r="E263">
         <v>790</v>
       </c>
       <c r="F263" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G263" t="s">
         <v>1519</v>
       </c>
       <c r="H263" t="s">
         <v>1520</v>
       </c>
       <c r="I263" t="s">
         <v>1521</v>
       </c>
       <c r="J263" t="s">
         <v>1522</v>
       </c>
       <c r="R263" t="s">
         <v>1520</v>
       </c>
       <c r="U263" t="s">
         <v>1521</v>
       </c>
       <c r="V263" t="s">
         <v>1522</v>
       </c>
       <c r="AA263" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="264" spans="1:27">
       <c r="A264">
-        <v>7065</v>
+        <v>7064</v>
       </c>
       <c r="B264" t="s">
         <v>1524</v>
       </c>
       <c r="C264">
         <v>1163</v>
       </c>
       <c r="D264" t="s">
         <v>1525</v>
       </c>
       <c r="E264">
         <v>790</v>
       </c>
       <c r="F264" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G264" t="s">
         <v>1526</v>
       </c>
       <c r="H264" t="s">
         <v>1527</v>
       </c>
       <c r="I264" t="s">
         <v>1528</v>
       </c>
       <c r="J264" t="s">
         <v>1529</v>
       </c>
       <c r="R264" t="s">
         <v>1527</v>
       </c>
       <c r="U264" t="s">
         <v>1528</v>
       </c>
       <c r="V264" t="s">
         <v>1529</v>
       </c>
       <c r="AA264" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="265" spans="1:27">
       <c r="A265">
-        <v>7066</v>
+        <v>7065</v>
       </c>
       <c r="B265" t="s">
         <v>1531</v>
       </c>
       <c r="C265">
         <v>1163</v>
       </c>
       <c r="D265" t="s">
         <v>1532</v>
       </c>
       <c r="E265">
         <v>790</v>
       </c>
       <c r="F265" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G265" t="s">
         <v>1533</v>
       </c>
       <c r="H265" t="s">
         <v>1534</v>
       </c>
       <c r="I265" t="s">
         <v>1535</v>
       </c>
       <c r="J265" t="s">
         <v>1536</v>
       </c>
       <c r="R265" t="s">
         <v>1534</v>
       </c>
       <c r="U265" t="s">
         <v>1535</v>
       </c>
       <c r="V265" t="s">
         <v>1536</v>
       </c>
       <c r="AA265" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="266" spans="1:27">
       <c r="A266">
-        <v>7067</v>
+        <v>7066</v>
       </c>
       <c r="B266" t="s">
         <v>1538</v>
       </c>
       <c r="C266">
         <v>1163</v>
       </c>
       <c r="D266" t="s">
         <v>1539</v>
       </c>
       <c r="E266">
         <v>790</v>
       </c>
       <c r="F266" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G266" t="s">
         <v>1540</v>
       </c>
       <c r="H266" t="s">
         <v>1541</v>
       </c>
       <c r="I266" t="s">
         <v>1542</v>
       </c>
       <c r="J266" t="s">
         <v>1543</v>
       </c>
       <c r="R266" t="s">
         <v>1541</v>
       </c>
       <c r="U266" t="s">
         <v>1542</v>
       </c>
       <c r="V266" t="s">
         <v>1543</v>
       </c>
       <c r="AA266" t="s">
         <v>1544</v>
       </c>
     </row>
     <row r="267" spans="1:27">
       <c r="A267">
-        <v>7068</v>
+        <v>7067</v>
       </c>
       <c r="B267" t="s">
         <v>1545</v>
       </c>
       <c r="C267">
         <v>1163</v>
       </c>
       <c r="D267" t="s">
         <v>1546</v>
       </c>
       <c r="E267">
         <v>790</v>
       </c>
       <c r="F267" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G267" t="s">
         <v>1547</v>
       </c>
       <c r="H267" t="s">
         <v>1548</v>
       </c>
       <c r="I267" t="s">
         <v>1549</v>
       </c>
       <c r="J267" t="s">
         <v>1550</v>
       </c>
       <c r="R267" t="s">
         <v>1548</v>
       </c>
       <c r="U267" t="s">
         <v>1549</v>
       </c>
       <c r="V267" t="s">
         <v>1550</v>
       </c>
       <c r="AA267" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="268" spans="1:27">
       <c r="A268">
-        <v>7069</v>
+        <v>7068</v>
       </c>
       <c r="B268" t="s">
         <v>1552</v>
       </c>
       <c r="C268">
         <v>1163</v>
       </c>
       <c r="D268" t="s">
         <v>1553</v>
       </c>
       <c r="E268">
         <v>790</v>
       </c>
       <c r="F268" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G268" t="s">
         <v>1554</v>
       </c>
       <c r="H268" t="s">
         <v>1555</v>
       </c>
       <c r="I268" t="s">
         <v>1556</v>
       </c>
       <c r="J268" t="s">
         <v>1557</v>
       </c>
       <c r="R268" t="s">
         <v>1555</v>
       </c>
       <c r="U268" t="s">
         <v>1556</v>
       </c>
       <c r="V268" t="s">
         <v>1557</v>
       </c>
       <c r="AA268" t="s">
         <v>1558</v>
       </c>
     </row>
     <row r="269" spans="1:27">
       <c r="A269">
-        <v>7070</v>
+        <v>7069</v>
       </c>
       <c r="B269" t="s">
         <v>1559</v>
       </c>
       <c r="C269">
         <v>1163</v>
       </c>
       <c r="D269" t="s">
         <v>1560</v>
       </c>
       <c r="E269">
         <v>790</v>
       </c>
       <c r="F269" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G269" t="s">
         <v>1561</v>
       </c>
       <c r="H269" t="s">
         <v>1562</v>
       </c>
       <c r="I269" t="s">
         <v>1563</v>
       </c>
       <c r="J269" t="s">
         <v>1564</v>
       </c>
       <c r="R269" t="s">
         <v>1562</v>
       </c>
       <c r="U269" t="s">
         <v>1563</v>
       </c>
       <c r="V269" t="s">
         <v>1564</v>
       </c>
       <c r="AA269" t="s">
         <v>1565</v>
       </c>
     </row>
     <row r="270" spans="1:27">
       <c r="A270">
-        <v>7071</v>
+        <v>7070</v>
       </c>
       <c r="B270" t="s">
         <v>1566</v>
       </c>
       <c r="C270">
         <v>1163</v>
       </c>
       <c r="D270" t="s">
         <v>1567</v>
       </c>
       <c r="E270">
         <v>790</v>
       </c>
       <c r="F270" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G270" t="s">
         <v>1568</v>
       </c>
       <c r="H270" t="s">
         <v>1569</v>
       </c>
       <c r="I270" t="s">
         <v>1570</v>
       </c>
       <c r="J270" t="s">
         <v>1571</v>
       </c>
       <c r="R270" t="s">
         <v>1569</v>
       </c>
       <c r="U270" t="s">
         <v>1570</v>
       </c>
       <c r="V270" t="s">
         <v>1571</v>
       </c>
       <c r="AA270" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="271" spans="1:27">
       <c r="A271">
-        <v>7072</v>
+        <v>7071</v>
       </c>
       <c r="B271" t="s">
         <v>1573</v>
       </c>
       <c r="C271">
         <v>1163</v>
       </c>
       <c r="D271" t="s">
         <v>1574</v>
       </c>
       <c r="E271">
         <v>790</v>
       </c>
       <c r="F271" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G271" t="s">
         <v>1575</v>
       </c>
       <c r="H271" t="s">
         <v>1576</v>
       </c>
       <c r="I271" t="s">
         <v>1577</v>
       </c>
       <c r="J271" t="s">
         <v>1578</v>
       </c>
       <c r="R271" t="s">
         <v>1576</v>
       </c>
       <c r="U271" t="s">
         <v>1577</v>
       </c>
       <c r="V271" t="s">
         <v>1578</v>
       </c>
       <c r="AA271" t="s">
         <v>1579</v>
       </c>
     </row>
     <row r="272" spans="1:27">
       <c r="A272">
-        <v>7073</v>
+        <v>7072</v>
       </c>
       <c r="B272" t="s">
         <v>1580</v>
       </c>
       <c r="C272">
         <v>1163</v>
       </c>
       <c r="D272" t="s">
         <v>1581</v>
       </c>
       <c r="E272">
         <v>790</v>
       </c>
       <c r="F272" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G272" t="s">
         <v>1582</v>
       </c>
       <c r="H272" t="s">
         <v>1583</v>
       </c>
       <c r="I272" t="s">
         <v>1584</v>
       </c>
       <c r="J272" t="s">
         <v>1585</v>
       </c>
       <c r="R272" t="s">
         <v>1583</v>
       </c>
       <c r="U272" t="s">
         <v>1584</v>
       </c>
       <c r="V272" t="s">
         <v>1585</v>
       </c>
       <c r="AA272" t="s">
         <v>1586</v>
       </c>
     </row>
     <row r="273" spans="1:27">
       <c r="A273">
-        <v>7074</v>
+        <v>7073</v>
       </c>
       <c r="B273" t="s">
         <v>1587</v>
       </c>
       <c r="C273">
         <v>1163</v>
       </c>
       <c r="D273" t="s">
         <v>1588</v>
       </c>
       <c r="E273">
         <v>790</v>
       </c>
       <c r="F273" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G273" t="s">
         <v>1589</v>
       </c>
       <c r="H273" t="s">
         <v>1590</v>
       </c>
       <c r="I273" t="s">
         <v>1591</v>
       </c>
       <c r="J273" t="s">
         <v>1592</v>
       </c>
       <c r="R273" t="s">
         <v>1590</v>
       </c>
       <c r="U273" t="s">
         <v>1591</v>
       </c>
       <c r="V273" t="s">
         <v>1592</v>
       </c>
       <c r="AA273" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="274" spans="1:27">
       <c r="A274">
-        <v>7075</v>
+        <v>7074</v>
       </c>
       <c r="B274" t="s">
         <v>1594</v>
       </c>
       <c r="C274">
         <v>1163</v>
       </c>
       <c r="D274" t="s">
         <v>1595</v>
       </c>
       <c r="E274">
         <v>790</v>
       </c>
       <c r="F274" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G274" t="s">
         <v>1596</v>
       </c>
       <c r="H274" t="s">
         <v>1597</v>
       </c>
       <c r="I274" t="s">
         <v>1598</v>
       </c>
       <c r="J274" t="s">
         <v>1599</v>
       </c>
       <c r="R274" t="s">
         <v>1597</v>
       </c>
       <c r="U274" t="s">
         <v>1598</v>
       </c>
       <c r="V274" t="s">
         <v>1599</v>
       </c>
       <c r="AA274" t="s">
         <v>1600</v>
       </c>
     </row>
     <row r="275" spans="1:27">
       <c r="A275">
-        <v>7076</v>
+        <v>7075</v>
       </c>
       <c r="B275" t="s">
         <v>1601</v>
       </c>
       <c r="C275">
         <v>1163</v>
       </c>
       <c r="D275" t="s">
         <v>1602</v>
       </c>
       <c r="E275">
         <v>790</v>
       </c>
       <c r="F275" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G275" t="s">
         <v>1603</v>
       </c>
       <c r="H275" t="s">
         <v>1604</v>
       </c>
       <c r="I275" t="s">
         <v>1605</v>
       </c>
       <c r="J275" t="s">
         <v>1606</v>
       </c>
       <c r="R275" t="s">
         <v>1604</v>
       </c>
       <c r="U275" t="s">
         <v>1605</v>
       </c>
       <c r="V275" t="s">
         <v>1606</v>
       </c>
       <c r="AA275" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="276" spans="1:27">
       <c r="A276">
-        <v>7077</v>
+        <v>7076</v>
       </c>
       <c r="B276" t="s">
         <v>1608</v>
       </c>
       <c r="C276">
         <v>1163</v>
       </c>
       <c r="D276" t="s">
         <v>1609</v>
       </c>
       <c r="E276">
         <v>790</v>
       </c>
       <c r="F276" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G276" t="s">
         <v>1610</v>
       </c>
       <c r="H276" t="s">
         <v>1611</v>
       </c>
       <c r="I276" t="s">
         <v>1612</v>
       </c>
       <c r="J276" t="s">
         <v>1613</v>
       </c>
       <c r="R276" t="s">
         <v>1611</v>
       </c>
       <c r="U276" t="s">
         <v>1612</v>
       </c>
       <c r="V276" t="s">
         <v>1613</v>
       </c>
       <c r="AA276" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="277" spans="1:27">
       <c r="A277">
-        <v>7078</v>
+        <v>7077</v>
       </c>
       <c r="B277" t="s">
         <v>1615</v>
       </c>
       <c r="C277">
         <v>1163</v>
       </c>
       <c r="D277" t="s">
         <v>1616</v>
       </c>
       <c r="E277">
         <v>790</v>
       </c>
       <c r="F277" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G277" t="s">
         <v>1617</v>
       </c>
       <c r="H277" t="s">
         <v>1618</v>
       </c>
       <c r="I277" t="s">
         <v>1619</v>
       </c>
       <c r="J277" t="s">
         <v>1620</v>
       </c>
       <c r="R277" t="s">
         <v>1618</v>
       </c>
       <c r="U277" t="s">
         <v>1619</v>
       </c>
       <c r="V277" t="s">
         <v>1620</v>
       </c>
       <c r="AA277" t="s">
         <v>1621</v>
       </c>
     </row>
     <row r="278" spans="1:27">
       <c r="A278">
-        <v>7079</v>
+        <v>7078</v>
       </c>
       <c r="B278" t="s">
         <v>1622</v>
       </c>
       <c r="C278">
         <v>1163</v>
       </c>
       <c r="D278" t="s">
         <v>1623</v>
       </c>
       <c r="E278">
         <v>790</v>
       </c>
       <c r="F278" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G278" t="s">
         <v>1624</v>
       </c>
       <c r="H278" t="s">
         <v>1625</v>
       </c>
       <c r="I278" t="s">
         <v>1626</v>
       </c>
       <c r="J278" t="s">
         <v>1627</v>
       </c>
       <c r="R278" t="s">
         <v>1625</v>
       </c>
       <c r="U278" t="s">
         <v>1626</v>
       </c>
       <c r="V278" t="s">
         <v>1627</v>
       </c>
       <c r="AA278" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="279" spans="1:27">
       <c r="A279">
-        <v>7080</v>
+        <v>7079</v>
       </c>
       <c r="B279" t="s">
         <v>1629</v>
       </c>
       <c r="C279">
         <v>1163</v>
       </c>
       <c r="D279" t="s">
         <v>1630</v>
       </c>
       <c r="E279">
         <v>790</v>
       </c>
       <c r="F279" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G279" t="s">
         <v>1631</v>
       </c>
       <c r="H279" t="s">
         <v>1632</v>
       </c>
       <c r="I279" t="s">
         <v>1633</v>
       </c>
       <c r="J279" t="s">
         <v>1634</v>
       </c>
       <c r="R279" t="s">
         <v>1632</v>
       </c>
       <c r="U279" t="s">
         <v>1633</v>
       </c>
       <c r="V279" t="s">
         <v>1634</v>
       </c>
       <c r="AA279" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="280" spans="1:27">
       <c r="A280">
-        <v>7081</v>
+        <v>7080</v>
       </c>
       <c r="B280" t="s">
         <v>1636</v>
       </c>
       <c r="C280">
         <v>1163</v>
       </c>
       <c r="D280" t="s">
         <v>1637</v>
       </c>
       <c r="E280">
         <v>790</v>
       </c>
       <c r="F280" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G280" t="s">
         <v>1638</v>
       </c>
       <c r="H280" t="s">
         <v>1639</v>
       </c>
       <c r="I280" t="s">
         <v>1640</v>
       </c>
       <c r="J280" t="s">
         <v>1641</v>
       </c>
       <c r="R280" t="s">
         <v>1639</v>
       </c>
       <c r="U280" t="s">
         <v>1640</v>
       </c>
       <c r="V280" t="s">
         <v>1641</v>
       </c>
       <c r="AA280" t="s">
         <v>1642</v>
       </c>
     </row>
     <row r="281" spans="1:27">
       <c r="A281">
-        <v>7082</v>
+        <v>7081</v>
       </c>
       <c r="B281" t="s">
         <v>1643</v>
       </c>
       <c r="C281">
         <v>1163</v>
       </c>
       <c r="D281" t="s">
         <v>1644</v>
       </c>
       <c r="E281">
         <v>790</v>
       </c>
       <c r="F281" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G281" t="s">
         <v>1645</v>
       </c>
       <c r="H281" t="s">
         <v>1646</v>
       </c>
       <c r="I281" t="s">
         <v>1647</v>
       </c>
       <c r="J281" t="s">
         <v>1648</v>
       </c>
       <c r="R281" t="s">
         <v>1646</v>
       </c>
       <c r="U281" t="s">
         <v>1647</v>
       </c>
       <c r="V281" t="s">
         <v>1648</v>
       </c>
       <c r="AA281" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="282" spans="1:27">
       <c r="A282">
-        <v>7083</v>
+        <v>7082</v>
       </c>
       <c r="B282" t="s">
         <v>1650</v>
       </c>
       <c r="C282">
         <v>1163</v>
       </c>
       <c r="D282" t="s">
         <v>1651</v>
       </c>
       <c r="E282">
         <v>790</v>
       </c>
       <c r="F282" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G282" t="s">
         <v>1652</v>
       </c>
       <c r="H282" t="s">
         <v>1653</v>
       </c>
       <c r="I282" t="s">
         <v>1654</v>
       </c>
       <c r="J282" t="s">
         <v>1655</v>
       </c>
       <c r="R282" t="s">
         <v>1653</v>
       </c>
       <c r="U282" t="s">
         <v>1654</v>
       </c>
       <c r="V282" t="s">
         <v>1655</v>
       </c>
       <c r="AA282" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="283" spans="1:27">
       <c r="A283">
-        <v>7084</v>
+        <v>7083</v>
       </c>
       <c r="B283" t="s">
         <v>1657</v>
       </c>
       <c r="C283">
         <v>1163</v>
       </c>
       <c r="D283" t="s">
         <v>1658</v>
       </c>
       <c r="E283">
         <v>790</v>
       </c>
       <c r="F283" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G283" t="s">
         <v>1659</v>
       </c>
       <c r="H283" t="s">
         <v>1660</v>
       </c>
       <c r="I283" t="s">
         <v>1661</v>
       </c>
       <c r="J283" t="s">
         <v>1662</v>
       </c>
       <c r="R283" t="s">
         <v>1660</v>
       </c>
       <c r="U283" t="s">
         <v>1661</v>
       </c>
       <c r="V283" t="s">
         <v>1662</v>
       </c>
       <c r="AA283" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="284" spans="1:27">
       <c r="A284">
-        <v>7085</v>
+        <v>7084</v>
       </c>
       <c r="B284" t="s">
         <v>1664</v>
       </c>
       <c r="C284">
         <v>1163</v>
       </c>
       <c r="D284" t="s">
         <v>1665</v>
       </c>
       <c r="E284">
         <v>790</v>
       </c>
       <c r="F284" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G284" t="s">
         <v>1666</v>
       </c>
       <c r="H284" t="s">
         <v>1667</v>
       </c>
       <c r="I284" t="s">
         <v>1668</v>
       </c>
       <c r="J284" t="s">
         <v>1669</v>
       </c>
       <c r="R284" t="s">
         <v>1667</v>
       </c>
       <c r="U284" t="s">
         <v>1668</v>
       </c>
       <c r="V284" t="s">
         <v>1669</v>
       </c>
       <c r="AA284" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="285" spans="1:27">
       <c r="A285">
-        <v>7086</v>
+        <v>7085</v>
       </c>
       <c r="B285" t="s">
         <v>1671</v>
       </c>
       <c r="C285">
         <v>1163</v>
       </c>
       <c r="D285" t="s">
         <v>1672</v>
       </c>
       <c r="E285">
         <v>790</v>
       </c>
       <c r="F285" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G285" t="s">
         <v>1673</v>
       </c>
       <c r="H285" t="s">
         <v>1674</v>
       </c>
       <c r="I285" t="s">
         <v>1675</v>
       </c>
       <c r="J285" t="s">
         <v>1676</v>
       </c>
-      <c r="K285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R285" t="s">
         <v>1674</v>
       </c>
-      <c r="S285" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U285" t="s">
         <v>1675</v>
       </c>
       <c r="V285" t="s">
         <v>1676</v>
       </c>
       <c r="AA285" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="286" spans="1:27">
       <c r="A286">
-        <v>7087</v>
+        <v>7086</v>
       </c>
       <c r="B286" t="s">
-        <v>1680</v>
+        <v>1678</v>
       </c>
       <c r="C286">
         <v>1163</v>
       </c>
       <c r="D286" t="s">
-        <v>1681</v>
+        <v>1679</v>
       </c>
       <c r="E286">
         <v>790</v>
       </c>
       <c r="F286" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G286" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I286" t="s">
         <v>1682</v>
       </c>
-      <c r="H286" t="s">
+      <c r="J286" t="s">
         <v>1683</v>
       </c>
-      <c r="I286" t="s">
+      <c r="K286" t="s">
         <v>1684</v>
       </c>
-      <c r="J286" t="s">
+      <c r="R286" t="s">
+        <v>1681</v>
+      </c>
+      <c r="S286" t="s">
+        <v>1684</v>
+      </c>
+      <c r="T286" t="s">
         <v>1685</v>
       </c>
-      <c r="R286" t="s">
+      <c r="U286" t="s">
+        <v>1682</v>
+      </c>
+      <c r="V286" t="s">
         <v>1683</v>
-      </c>
-[...4 lines deleted...]
-        <v>1685</v>
       </c>
       <c r="AA286" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="287" spans="1:27">
       <c r="A287">
-        <v>7088</v>
+        <v>7087</v>
       </c>
       <c r="B287" t="s">
         <v>1687</v>
       </c>
       <c r="C287">
         <v>1163</v>
       </c>
       <c r="D287" t="s">
         <v>1688</v>
       </c>
       <c r="E287">
         <v>790</v>
       </c>
       <c r="F287" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G287" t="s">
         <v>1689</v>
       </c>
       <c r="H287" t="s">
         <v>1690</v>
       </c>
       <c r="I287" t="s">
         <v>1691</v>
       </c>
       <c r="J287" t="s">
         <v>1692</v>
       </c>
       <c r="R287" t="s">
         <v>1690</v>
       </c>
       <c r="U287" t="s">
         <v>1691</v>
       </c>
       <c r="V287" t="s">
         <v>1692</v>
       </c>
       <c r="AA287" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="288" spans="1:27">
       <c r="A288">
-        <v>7089</v>
+        <v>7088</v>
       </c>
       <c r="B288" t="s">
         <v>1694</v>
       </c>
       <c r="C288">
         <v>1163</v>
       </c>
       <c r="D288" t="s">
         <v>1695</v>
       </c>
       <c r="E288">
         <v>790</v>
       </c>
       <c r="F288" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G288" t="s">
         <v>1696</v>
       </c>
       <c r="H288" t="s">
         <v>1697</v>
       </c>
       <c r="I288" t="s">
         <v>1698</v>
       </c>
       <c r="J288" t="s">
         <v>1699</v>
       </c>
       <c r="R288" t="s">
         <v>1697</v>
       </c>
       <c r="U288" t="s">
         <v>1698</v>
       </c>
       <c r="V288" t="s">
         <v>1699</v>
       </c>
       <c r="AA288" t="s">
         <v>1700</v>
       </c>
     </row>
     <row r="289" spans="1:27">
       <c r="A289">
-        <v>7090</v>
+        <v>7089</v>
       </c>
       <c r="B289" t="s">
         <v>1701</v>
       </c>
       <c r="C289">
         <v>1163</v>
       </c>
       <c r="D289" t="s">
         <v>1702</v>
       </c>
       <c r="E289">
         <v>790</v>
       </c>
       <c r="F289" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G289" t="s">
         <v>1703</v>
       </c>
       <c r="H289" t="s">
         <v>1704</v>
       </c>
       <c r="I289" t="s">
         <v>1705</v>
       </c>
       <c r="J289" t="s">
         <v>1706</v>
       </c>
       <c r="R289" t="s">
         <v>1704</v>
       </c>
       <c r="U289" t="s">
         <v>1705</v>
       </c>
       <c r="V289" t="s">
         <v>1706</v>
       </c>
       <c r="AA289" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="290" spans="1:27">
       <c r="A290">
-        <v>7091</v>
+        <v>7090</v>
       </c>
       <c r="B290" t="s">
         <v>1708</v>
       </c>
       <c r="C290">
         <v>1163</v>
       </c>
       <c r="D290" t="s">
         <v>1709</v>
       </c>
       <c r="E290">
         <v>790</v>
       </c>
       <c r="F290" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G290" t="s">
         <v>1710</v>
       </c>
       <c r="H290" t="s">
         <v>1711</v>
       </c>
       <c r="I290" t="s">
         <v>1712</v>
       </c>
       <c r="J290" t="s">
         <v>1713</v>
       </c>
       <c r="R290" t="s">
         <v>1711</v>
       </c>
       <c r="U290" t="s">
         <v>1712</v>
       </c>
       <c r="V290" t="s">
         <v>1713</v>
       </c>
       <c r="AA290" t="s">
         <v>1714</v>
       </c>
     </row>
     <row r="291" spans="1:27">
       <c r="A291">
-        <v>7092</v>
+        <v>7091</v>
       </c>
       <c r="B291" t="s">
         <v>1715</v>
       </c>
       <c r="C291">
         <v>1163</v>
       </c>
       <c r="D291" t="s">
         <v>1716</v>
       </c>
       <c r="E291">
         <v>790</v>
       </c>
       <c r="F291" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G291" t="s">
         <v>1717</v>
       </c>
       <c r="H291" t="s">
         <v>1718</v>
       </c>
       <c r="I291" t="s">
         <v>1719</v>
       </c>
       <c r="J291" t="s">
         <v>1720</v>
       </c>
       <c r="R291" t="s">
         <v>1718</v>
       </c>
       <c r="U291" t="s">
         <v>1719</v>
       </c>
       <c r="V291" t="s">
         <v>1720</v>
       </c>
       <c r="AA291" t="s">
         <v>1721</v>
       </c>
     </row>
     <row r="292" spans="1:27">
       <c r="A292">
-        <v>7093</v>
+        <v>7092</v>
       </c>
       <c r="B292" t="s">
         <v>1722</v>
       </c>
       <c r="C292">
         <v>1163</v>
       </c>
       <c r="D292" t="s">
         <v>1723</v>
       </c>
       <c r="E292">
         <v>790</v>
       </c>
       <c r="F292" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G292" t="s">
         <v>1724</v>
       </c>
       <c r="H292" t="s">
         <v>1725</v>
       </c>
       <c r="I292" t="s">
         <v>1726</v>
       </c>
       <c r="J292" t="s">
         <v>1727</v>
       </c>
       <c r="R292" t="s">
         <v>1725</v>
       </c>
       <c r="U292" t="s">
         <v>1726</v>
       </c>
       <c r="V292" t="s">
         <v>1727</v>
       </c>
       <c r="AA292" t="s">
         <v>1728</v>
       </c>
     </row>
     <row r="293" spans="1:27">
       <c r="A293">
-        <v>7094</v>
+        <v>7093</v>
       </c>
       <c r="B293" t="s">
         <v>1729</v>
       </c>
       <c r="C293">
         <v>1163</v>
       </c>
       <c r="D293" t="s">
         <v>1730</v>
       </c>
       <c r="E293">
         <v>790</v>
       </c>
       <c r="F293" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G293" t="s">
         <v>1731</v>
       </c>
       <c r="H293" t="s">
         <v>1732</v>
       </c>
       <c r="I293" t="s">
         <v>1733</v>
       </c>
       <c r="J293" t="s">
         <v>1734</v>
       </c>
       <c r="R293" t="s">
         <v>1732</v>
       </c>
       <c r="U293" t="s">
         <v>1733</v>
       </c>
       <c r="V293" t="s">
         <v>1734</v>
       </c>
       <c r="AA293" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="294" spans="1:27">
       <c r="A294">
-        <v>7095</v>
+        <v>7094</v>
       </c>
       <c r="B294" t="s">
         <v>1736</v>
       </c>
       <c r="C294">
         <v>1163</v>
       </c>
       <c r="D294" t="s">
         <v>1737</v>
       </c>
       <c r="E294">
         <v>790</v>
       </c>
       <c r="F294" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G294" t="s">
         <v>1738</v>
       </c>
       <c r="H294" t="s">
         <v>1739</v>
       </c>
       <c r="I294" t="s">
         <v>1740</v>
       </c>
       <c r="J294" t="s">
         <v>1741</v>
       </c>
       <c r="R294" t="s">
         <v>1739</v>
       </c>
       <c r="U294" t="s">
         <v>1740</v>
       </c>
       <c r="V294" t="s">
         <v>1741</v>
       </c>
       <c r="AA294" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="295" spans="1:27">
       <c r="A295">
-        <v>7096</v>
+        <v>7095</v>
       </c>
       <c r="B295" t="s">
         <v>1743</v>
       </c>
       <c r="C295">
         <v>1163</v>
       </c>
       <c r="D295" t="s">
         <v>1744</v>
       </c>
       <c r="E295">
         <v>790</v>
       </c>
       <c r="F295" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G295" t="s">
         <v>1745</v>
       </c>
       <c r="H295" t="s">
         <v>1746</v>
       </c>
       <c r="I295" t="s">
         <v>1747</v>
       </c>
       <c r="J295" t="s">
         <v>1748</v>
       </c>
       <c r="R295" t="s">
         <v>1746</v>
       </c>
       <c r="U295" t="s">
         <v>1747</v>
       </c>
       <c r="V295" t="s">
         <v>1748</v>
       </c>
       <c r="AA295" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="296" spans="1:27">
       <c r="A296">
-        <v>7097</v>
+        <v>7096</v>
       </c>
       <c r="B296" t="s">
         <v>1750</v>
       </c>
       <c r="C296">
         <v>1163</v>
       </c>
       <c r="D296" t="s">
         <v>1751</v>
       </c>
       <c r="E296">
         <v>790</v>
       </c>
       <c r="F296" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G296" t="s">
         <v>1752</v>
       </c>
       <c r="H296" t="s">
         <v>1753</v>
       </c>
       <c r="I296" t="s">
         <v>1754</v>
       </c>
       <c r="J296" t="s">
         <v>1755</v>
       </c>
       <c r="R296" t="s">
         <v>1753</v>
       </c>
       <c r="U296" t="s">
         <v>1754</v>
       </c>
       <c r="V296" t="s">
         <v>1755</v>
       </c>
       <c r="AA296" t="s">
         <v>1756</v>
       </c>
     </row>
     <row r="297" spans="1:27">
       <c r="A297">
-        <v>7098</v>
+        <v>7097</v>
       </c>
       <c r="B297" t="s">
         <v>1757</v>
       </c>
       <c r="C297">
         <v>1163</v>
       </c>
       <c r="D297" t="s">
         <v>1758</v>
       </c>
       <c r="E297">
         <v>790</v>
       </c>
       <c r="F297" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G297" t="s">
         <v>1759</v>
       </c>
       <c r="H297" t="s">
         <v>1760</v>
       </c>
       <c r="I297" t="s">
         <v>1761</v>
       </c>
       <c r="J297" t="s">
         <v>1762</v>
       </c>
       <c r="R297" t="s">
         <v>1760</v>
       </c>
       <c r="U297" t="s">
         <v>1761</v>
       </c>
       <c r="V297" t="s">
         <v>1762</v>
       </c>
       <c r="AA297" t="s">
         <v>1763</v>
       </c>
     </row>
     <row r="298" spans="1:27">
       <c r="A298">
-        <v>7099</v>
+        <v>7098</v>
       </c>
       <c r="B298" t="s">
         <v>1764</v>
       </c>
       <c r="C298">
         <v>1163</v>
       </c>
       <c r="D298" t="s">
         <v>1765</v>
       </c>
       <c r="E298">
         <v>790</v>
       </c>
       <c r="F298" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G298" t="s">
         <v>1766</v>
       </c>
       <c r="H298" t="s">
         <v>1767</v>
       </c>
       <c r="I298" t="s">
         <v>1768</v>
       </c>
       <c r="J298" t="s">
         <v>1769</v>
       </c>
       <c r="R298" t="s">
         <v>1767</v>
       </c>
       <c r="U298" t="s">
         <v>1768</v>
       </c>
       <c r="V298" t="s">
         <v>1769</v>
       </c>
       <c r="AA298" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="299" spans="1:27">
       <c r="A299">
-        <v>7100</v>
+        <v>7099</v>
       </c>
       <c r="B299" t="s">
         <v>1771</v>
       </c>
       <c r="C299">
         <v>1163</v>
       </c>
       <c r="D299" t="s">
         <v>1772</v>
       </c>
       <c r="E299">
         <v>790</v>
       </c>
       <c r="F299" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G299" t="s">
         <v>1773</v>
       </c>
       <c r="H299" t="s">
         <v>1774</v>
       </c>
       <c r="I299" t="s">
         <v>1775</v>
       </c>
       <c r="J299" t="s">
         <v>1776</v>
       </c>
       <c r="R299" t="s">
         <v>1774</v>
       </c>
       <c r="U299" t="s">
         <v>1775</v>
       </c>
       <c r="V299" t="s">
         <v>1776</v>
       </c>
       <c r="AA299" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="300" spans="1:27">
       <c r="A300">
-        <v>7101</v>
+        <v>7100</v>
       </c>
       <c r="B300" t="s">
         <v>1778</v>
       </c>
       <c r="C300">
         <v>1163</v>
       </c>
       <c r="D300" t="s">
         <v>1779</v>
       </c>
       <c r="E300">
         <v>790</v>
       </c>
       <c r="F300" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G300" t="s">
         <v>1780</v>
       </c>
       <c r="H300" t="s">
         <v>1781</v>
       </c>
       <c r="I300" t="s">
         <v>1782</v>
       </c>
       <c r="J300" t="s">
         <v>1783</v>
       </c>
       <c r="R300" t="s">
         <v>1781</v>
       </c>
       <c r="U300" t="s">
         <v>1782</v>
       </c>
       <c r="V300" t="s">
         <v>1783</v>
       </c>
       <c r="AA300" t="s">
         <v>1784</v>
       </c>
     </row>
     <row r="301" spans="1:27">
       <c r="A301">
-        <v>7102</v>
+        <v>7101</v>
       </c>
       <c r="B301" t="s">
         <v>1785</v>
       </c>
       <c r="C301">
         <v>1163</v>
       </c>
       <c r="D301" t="s">
         <v>1786</v>
       </c>
       <c r="E301">
         <v>790</v>
       </c>
       <c r="F301" t="s">
-        <v>1196</v>
+        <v>1203</v>
       </c>
       <c r="G301" t="s">
         <v>1787</v>
       </c>
       <c r="H301" t="s">
         <v>1788</v>
       </c>
       <c r="I301" t="s">
         <v>1789</v>
       </c>
       <c r="J301" t="s">
         <v>1790</v>
       </c>
       <c r="R301" t="s">
         <v>1788</v>
       </c>
       <c r="U301" t="s">
         <v>1789</v>
       </c>
       <c r="V301" t="s">
         <v>1790</v>
       </c>
       <c r="AA301" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="302" spans="1:27">
       <c r="A302">
-        <v>8432</v>
+        <v>7102</v>
       </c>
       <c r="B302" t="s">
         <v>1792</v>
       </c>
       <c r="C302">
-        <v>1417</v>
+        <v>1163</v>
       </c>
       <c r="D302" t="s">
         <v>1793</v>
       </c>
+      <c r="E302">
+        <v>790</v>
+      </c>
       <c r="F302" t="s">
+        <v>1203</v>
+      </c>
+      <c r="G302" t="s">
         <v>1794</v>
       </c>
-      <c r="G302" t="s">
+      <c r="H302" t="s">
         <v>1795</v>
       </c>
-      <c r="H302" t="s">
+      <c r="I302" t="s">
         <v>1796</v>
       </c>
-      <c r="I302" t="s">
+      <c r="J302" t="s">
         <v>1797</v>
       </c>
       <c r="R302" t="s">
+        <v>1795</v>
+      </c>
+      <c r="U302" t="s">
         <v>1796</v>
       </c>
-      <c r="S302" t="s">
+      <c r="V302" t="s">
         <v>1797</v>
       </c>
       <c r="AA302" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="303" spans="1:27">
       <c r="A303">
-        <v>8433</v>
+        <v>13979</v>
       </c>
       <c r="B303" t="s">
         <v>1799</v>
       </c>
       <c r="C303">
-        <v>1417</v>
+        <v>867</v>
       </c>
       <c r="D303" t="s">
         <v>1800</v>
       </c>
+      <c r="E303">
+        <v>390</v>
+      </c>
       <c r="F303" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="G303" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="H303" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="I303" t="s">
+        <v>1804</v>
+      </c>
+      <c r="J303" t="s">
+        <v>1805</v>
+      </c>
+      <c r="O303" t="s">
         <v>1803</v>
       </c>
       <c r="R303" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="S303" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="AA303" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="304" spans="1:27">
       <c r="A304">
-        <v>8434</v>
+        <v>14007</v>
       </c>
       <c r="B304" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="C304">
-        <v>1417</v>
+        <v>867</v>
       </c>
       <c r="D304" t="s">
-        <v>1806</v>
+        <v>1808</v>
+      </c>
+      <c r="E304">
+        <v>420</v>
       </c>
       <c r="F304" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="G304" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="H304" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="I304" t="s">
-        <v>1809</v>
+        <v>1811</v>
+      </c>
+      <c r="J304" t="s">
+        <v>1812</v>
+      </c>
+      <c r="O304" t="s">
+        <v>1810</v>
       </c>
       <c r="R304" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="S304" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="AA304" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="305" spans="1:27">
       <c r="A305">
-        <v>8435</v>
+        <v>14256</v>
       </c>
       <c r="B305" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="C305">
-        <v>1417</v>
+        <v>867</v>
       </c>
       <c r="D305" t="s">
-        <v>1812</v>
+        <v>1815</v>
+      </c>
+      <c r="E305">
+        <v>300</v>
       </c>
       <c r="F305" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="G305" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="H305" t="s">
-        <v>1814</v>
-[...8 lines deleted...]
-        <v>1815</v>
+        <v>1817</v>
+      </c>
+      <c r="O305" t="s">
+        <v>1817</v>
       </c>
       <c r="AA305" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="306" spans="1:27">
       <c r="A306">
-        <v>8436</v>
+        <v>15963</v>
       </c>
       <c r="B306" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="C306">
-        <v>1417</v>
+        <v>867</v>
       </c>
       <c r="D306" t="s">
-        <v>1818</v>
+        <v>1820</v>
+      </c>
+      <c r="E306">
+        <v>130</v>
       </c>
       <c r="F306" t="s">
-        <v>1794</v>
+        <v>1801</v>
       </c>
       <c r="G306" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="H306" t="s">
-        <v>1820</v>
-[...8 lines deleted...]
-        <v>1821</v>
+        <v>1822</v>
+      </c>
+      <c r="O306" t="s">
+        <v>1822</v>
       </c>
       <c r="AA306" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="307" spans="1:27">
       <c r="A307">
-        <v>8437</v>
+        <v>17459</v>
       </c>
       <c r="B307" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="C307">
-        <v>1417</v>
+        <v>940</v>
       </c>
       <c r="D307" t="s">
-        <v>1824</v>
+        <v>1825</v>
+      </c>
+      <c r="E307">
+        <v>540</v>
       </c>
       <c r="F307" t="s">
-        <v>1794</v>
+        <v>1826</v>
       </c>
       <c r="G307" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="H307" t="s">
-        <v>1826</v>
-[...8 lines deleted...]
-        <v>1827</v>
+        <v>1828</v>
+      </c>
+      <c r="O307" t="s">
+        <v>1828</v>
       </c>
       <c r="AA307" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="308" spans="1:27">
       <c r="A308">
-        <v>8438</v>
+        <v>17926</v>
       </c>
       <c r="B308" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="C308">
-        <v>1417</v>
+        <v>940</v>
       </c>
       <c r="D308" t="s">
-        <v>1830</v>
+        <v>1831</v>
+      </c>
+      <c r="E308">
+        <v>220</v>
       </c>
       <c r="F308" t="s">
-        <v>1794</v>
+        <v>1826</v>
       </c>
       <c r="G308" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="H308" t="s">
-        <v>1832</v>
-[...1 lines deleted...]
-      <c r="I308" t="s">
         <v>1833</v>
       </c>
-      <c r="R308" t="s">
-[...2 lines deleted...]
-      <c r="S308" t="s">
+      <c r="O308" t="s">
         <v>1833</v>
       </c>
       <c r="AA308" t="s">
         <v>1834</v>
       </c>
     </row>
     <row r="309" spans="1:27">
       <c r="A309">
-        <v>8439</v>
+        <v>17967</v>
       </c>
       <c r="B309" t="s">
         <v>1835</v>
       </c>
       <c r="C309">
-        <v>1417</v>
+        <v>940</v>
       </c>
       <c r="D309" t="s">
         <v>1836</v>
       </c>
+      <c r="E309">
+        <v>450</v>
+      </c>
       <c r="F309" t="s">
-        <v>1794</v>
+        <v>1826</v>
       </c>
       <c r="G309" t="s">
         <v>1837</v>
       </c>
       <c r="H309" t="s">
         <v>1838</v>
       </c>
-      <c r="I309" t="s">
+      <c r="O309" t="s">
+        <v>1838</v>
+      </c>
+      <c r="AA309" t="s">
         <v>1839</v>
-      </c>
-[...7 lines deleted...]
-        <v>1840</v>
       </c>
     </row>
     <row r="310" spans="1:27">
       <c r="A310">
-        <v>8440</v>
+        <v>18479</v>
       </c>
       <c r="B310" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C310">
+        <v>940</v>
+      </c>
+      <c r="D310" t="s">
         <v>1841</v>
       </c>
-      <c r="C310">
-[...2 lines deleted...]
-      <c r="D310" t="s">
+      <c r="E310">
+        <v>510</v>
+      </c>
+      <c r="F310" t="s">
+        <v>1826</v>
+      </c>
+      <c r="G310" t="s">
         <v>1842</v>
       </c>
-      <c r="F310" t="s">
-[...2 lines deleted...]
-      <c r="G310" t="s">
+      <c r="H310" t="s">
         <v>1843</v>
       </c>
-      <c r="H310" t="s">
+      <c r="I310" t="s">
         <v>1844</v>
       </c>
-      <c r="I310" t="s">
+      <c r="J310" t="s">
         <v>1845</v>
       </c>
-      <c r="R310" t="s">
+      <c r="O310" t="s">
+        <v>1843</v>
+      </c>
+      <c r="S310" t="s">
         <v>1844</v>
       </c>
-      <c r="S310" t="s">
+      <c r="T310" t="s">
         <v>1845</v>
       </c>
       <c r="AA310" t="s">
         <v>1846</v>
       </c>
     </row>
     <row r="311" spans="1:27">
       <c r="A311">
-        <v>8441</v>
+        <v>18495</v>
       </c>
       <c r="B311" t="s">
         <v>1847</v>
       </c>
       <c r="C311">
-        <v>1417</v>
+        <v>940</v>
       </c>
       <c r="D311" t="s">
         <v>1848</v>
       </c>
+      <c r="E311">
+        <v>450</v>
+      </c>
       <c r="F311" t="s">
-        <v>1794</v>
+        <v>1826</v>
       </c>
       <c r="G311" t="s">
         <v>1849</v>
       </c>
       <c r="H311" t="s">
         <v>1850</v>
       </c>
-      <c r="I311" t="s">
+      <c r="O311" t="s">
+        <v>1850</v>
+      </c>
+      <c r="AA311" t="s">
         <v>1851</v>
-      </c>
-[...7 lines deleted...]
-        <v>1852</v>
       </c>
     </row>
     <row r="312" spans="1:27">
       <c r="A312">
-        <v>8442</v>
+        <v>16640</v>
       </c>
       <c r="B312" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C312">
+        <v>927</v>
+      </c>
+      <c r="D312" t="s">
         <v>1853</v>
       </c>
-      <c r="C312">
-[...2 lines deleted...]
-      <c r="D312" t="s">
+      <c r="E312">
+        <v>350</v>
+      </c>
+      <c r="F312" t="s">
         <v>1854</v>
-      </c>
-[...1 lines deleted...]
-        <v>1794</v>
       </c>
       <c r="G312" t="s">
         <v>1855</v>
       </c>
       <c r="H312" t="s">
         <v>1856</v>
       </c>
       <c r="I312" t="s">
         <v>1857</v>
       </c>
+      <c r="J312" t="s">
+        <v>1858</v>
+      </c>
+      <c r="O312" t="s">
+        <v>1856</v>
+      </c>
       <c r="R312" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="S312" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="AA312" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="313" spans="1:27">
       <c r="A313">
-        <v>8443</v>
+        <v>15718</v>
       </c>
       <c r="B313" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="C313">
-        <v>1417</v>
+        <v>882</v>
       </c>
       <c r="D313" t="s">
-        <v>1860</v>
+        <v>1861</v>
+      </c>
+      <c r="E313">
+        <v>540</v>
       </c>
       <c r="F313" t="s">
-        <v>1794</v>
+        <v>1862</v>
       </c>
       <c r="G313" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="H313" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="I313" t="s">
-        <v>1863</v>
+        <v>1865</v>
+      </c>
+      <c r="J313" t="s">
+        <v>1866</v>
+      </c>
+      <c r="M313" t="s">
+        <v>1867</v>
       </c>
       <c r="R313" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="S313" t="s">
-        <v>1863</v>
+        <v>1865</v>
+      </c>
+      <c r="T313" t="s">
+        <v>1866</v>
       </c>
       <c r="AA313" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="314" spans="1:27">
       <c r="A314">
-        <v>8444</v>
+        <v>16531</v>
       </c>
       <c r="B314" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="C314">
-        <v>1417</v>
+        <v>882</v>
       </c>
       <c r="D314" t="s">
-        <v>1866</v>
+        <v>1870</v>
+      </c>
+      <c r="E314">
+        <v>490</v>
       </c>
       <c r="F314" t="s">
-        <v>1794</v>
+        <v>1862</v>
       </c>
       <c r="G314" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="H314" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="I314" t="s">
-        <v>1869</v>
+        <v>1873</v>
+      </c>
+      <c r="J314" t="s">
+        <v>1874</v>
       </c>
       <c r="R314" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="S314" t="s">
-        <v>1869</v>
+        <v>1873</v>
+      </c>
+      <c r="T314" t="s">
+        <v>1874</v>
       </c>
       <c r="AA314" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="315" spans="1:27">
       <c r="A315">
-        <v>8445</v>
+        <v>16533</v>
       </c>
       <c r="B315" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="C315">
-        <v>1417</v>
+        <v>882</v>
       </c>
       <c r="D315" t="s">
-        <v>1872</v>
+        <v>1877</v>
+      </c>
+      <c r="E315">
+        <v>440</v>
       </c>
       <c r="F315" t="s">
-        <v>1794</v>
+        <v>1862</v>
       </c>
       <c r="G315" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="H315" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="I315" t="s">
-        <v>1875</v>
-[...2 lines deleted...]
-        <v>1874</v>
+        <v>1880</v>
+      </c>
+      <c r="J315" t="s">
+        <v>1881</v>
       </c>
       <c r="S315" t="s">
-        <v>1875</v>
+        <v>1879</v>
+      </c>
+      <c r="T315" t="s">
+        <v>1880</v>
+      </c>
+      <c r="U315" t="s">
+        <v>1881</v>
       </c>
       <c r="AA315" t="s">
-        <v>1876</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="316" spans="1:27">
       <c r="A316">
-        <v>8446</v>
+        <v>16534</v>
       </c>
       <c r="B316" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
       <c r="C316">
-        <v>1417</v>
+        <v>882</v>
       </c>
       <c r="D316" t="s">
-        <v>1878</v>
+        <v>1884</v>
+      </c>
+      <c r="E316">
+        <v>200</v>
       </c>
       <c r="F316" t="s">
-        <v>1794</v>
+        <v>1862</v>
       </c>
       <c r="G316" t="s">
-        <v>1879</v>
+        <v>1885</v>
       </c>
       <c r="H316" t="s">
-        <v>1880</v>
-[...2 lines deleted...]
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="R316" t="s">
-        <v>1880</v>
-[...2 lines deleted...]
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="AA316" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="317" spans="1:27">
       <c r="A317">
-        <v>8447</v>
+        <v>16568</v>
       </c>
       <c r="B317" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="C317">
-        <v>1417</v>
+        <v>882</v>
       </c>
       <c r="D317" t="s">
-        <v>1884</v>
+        <v>1889</v>
+      </c>
+      <c r="E317">
+        <v>540</v>
       </c>
       <c r="F317" t="s">
-        <v>1794</v>
+        <v>1862</v>
       </c>
       <c r="G317" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="H317" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="I317" t="s">
-        <v>1887</v>
+        <v>1892</v>
+      </c>
+      <c r="J317" t="s">
+        <v>1893</v>
       </c>
       <c r="R317" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="S317" t="s">
-        <v>1887</v>
+        <v>1892</v>
+      </c>
+      <c r="T317" t="s">
+        <v>1893</v>
       </c>
       <c r="AA317" t="s">
-        <v>1888</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="318" spans="1:27">
       <c r="A318">
-        <v>8448</v>
+        <v>16800</v>
       </c>
       <c r="B318" t="s">
-        <v>1889</v>
+        <v>1895</v>
       </c>
       <c r="C318">
-        <v>1417</v>
+        <v>902</v>
       </c>
       <c r="D318" t="s">
-        <v>1890</v>
+        <v>1896</v>
+      </c>
+      <c r="E318">
+        <v>540</v>
       </c>
       <c r="F318" t="s">
-        <v>1794</v>
+        <v>1897</v>
       </c>
       <c r="G318" t="s">
-        <v>1891</v>
+        <v>1898</v>
       </c>
       <c r="H318" t="s">
-        <v>1892</v>
+        <v>1899</v>
       </c>
       <c r="I318" t="s">
-        <v>1893</v>
+        <v>1900</v>
+      </c>
+      <c r="J318" t="s">
+        <v>1901</v>
+      </c>
+      <c r="O318" t="s">
+        <v>1899</v>
       </c>
       <c r="R318" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="S318" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
       <c r="AA318" t="s">
-        <v>1894</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="319" spans="1:27">
       <c r="A319">
-        <v>8449</v>
+        <v>15617</v>
       </c>
       <c r="B319" t="s">
-        <v>1895</v>
+        <v>1903</v>
       </c>
       <c r="C319">
-        <v>1417</v>
+        <v>881</v>
       </c>
       <c r="D319" t="s">
-        <v>1896</v>
+        <v>1904</v>
+      </c>
+      <c r="E319">
+        <v>400</v>
       </c>
       <c r="F319" t="s">
-        <v>1794</v>
+        <v>1905</v>
       </c>
       <c r="G319" t="s">
-        <v>1897</v>
+        <v>1906</v>
       </c>
       <c r="H319" t="s">
-        <v>1898</v>
-[...8 lines deleted...]
-        <v>1899</v>
+        <v>1907</v>
+      </c>
+      <c r="M319" t="s">
+        <v>1908</v>
+      </c>
+      <c r="O319" t="s">
+        <v>1907</v>
       </c>
       <c r="AA319" t="s">
-        <v>1900</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="320" spans="1:27">
       <c r="A320">
-        <v>8450</v>
+        <v>16281</v>
       </c>
       <c r="B320" t="s">
-        <v>1901</v>
+        <v>1910</v>
       </c>
       <c r="C320">
-        <v>1417</v>
+        <v>881</v>
       </c>
       <c r="D320" t="s">
-        <v>1902</v>
+        <v>1911</v>
+      </c>
+      <c r="E320">
+        <v>390</v>
       </c>
       <c r="F320" t="s">
-        <v>1794</v>
+        <v>1905</v>
       </c>
       <c r="G320" t="s">
-        <v>1903</v>
+        <v>1912</v>
       </c>
       <c r="H320" t="s">
-        <v>1904</v>
+        <v>1913</v>
       </c>
       <c r="I320" t="s">
-        <v>1905</v>
+        <v>1914</v>
+      </c>
+      <c r="J320" t="s">
+        <v>1915</v>
+      </c>
+      <c r="O320" t="s">
+        <v>1913</v>
       </c>
       <c r="R320" t="s">
-        <v>1904</v>
+        <v>1914</v>
       </c>
       <c r="S320" t="s">
-        <v>1905</v>
+        <v>1915</v>
       </c>
       <c r="AA320" t="s">
-        <v>1906</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="321" spans="1:27">
       <c r="A321">
-        <v>8451</v>
+        <v>14101</v>
       </c>
       <c r="B321" t="s">
-        <v>1907</v>
+        <v>1917</v>
       </c>
       <c r="C321">
-        <v>1417</v>
+        <v>868</v>
       </c>
       <c r="D321" t="s">
-        <v>1908</v>
+        <v>1918</v>
+      </c>
+      <c r="E321">
+        <v>290</v>
       </c>
       <c r="F321" t="s">
-        <v>1794</v>
+        <v>1919</v>
       </c>
       <c r="G321" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="H321" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="I321" t="s">
-        <v>1911</v>
+        <v>1922</v>
+      </c>
+      <c r="J321" t="s">
+        <v>1923</v>
+      </c>
+      <c r="O321" t="s">
+        <v>1921</v>
       </c>
       <c r="R321" t="s">
-        <v>1910</v>
+        <v>1922</v>
       </c>
       <c r="S321" t="s">
-        <v>1911</v>
+        <v>1923</v>
       </c>
       <c r="AA321" t="s">
-        <v>1912</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="322" spans="1:27">
       <c r="A322">
-        <v>8452</v>
+        <v>16091</v>
       </c>
       <c r="B322" t="s">
-        <v>1913</v>
+        <v>1925</v>
       </c>
       <c r="C322">
-        <v>1417</v>
+        <v>904</v>
       </c>
       <c r="D322" t="s">
-        <v>1914</v>
+        <v>1926</v>
+      </c>
+      <c r="E322">
+        <v>350</v>
       </c>
       <c r="F322" t="s">
-        <v>1794</v>
+        <v>1927</v>
       </c>
       <c r="G322" t="s">
-        <v>1915</v>
+        <v>1928</v>
       </c>
       <c r="H322" t="s">
-        <v>1916</v>
+        <v>1929</v>
       </c>
       <c r="I322" t="s">
-        <v>1917</v>
+        <v>1930</v>
+      </c>
+      <c r="J322" t="s">
+        <v>1931</v>
+      </c>
+      <c r="M322" t="s">
+        <v>1932</v>
+      </c>
+      <c r="O322" t="s">
+        <v>1929</v>
       </c>
       <c r="R322" t="s">
-        <v>1916</v>
+        <v>1930</v>
       </c>
       <c r="S322" t="s">
-        <v>1917</v>
+        <v>1931</v>
       </c>
       <c r="AA322" t="s">
-        <v>1918</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="323" spans="1:27">
       <c r="A323">
-        <v>8453</v>
+        <v>16587</v>
       </c>
       <c r="B323" t="s">
-        <v>1919</v>
+        <v>1934</v>
       </c>
       <c r="C323">
-        <v>1417</v>
+        <v>904</v>
       </c>
       <c r="D323" t="s">
-        <v>1920</v>
+        <v>1935</v>
+      </c>
+      <c r="E323">
+        <v>390</v>
       </c>
       <c r="F323" t="s">
-        <v>1794</v>
+        <v>1927</v>
       </c>
       <c r="G323" t="s">
-        <v>1921</v>
+        <v>1936</v>
       </c>
       <c r="H323" t="s">
-        <v>1922</v>
+        <v>1937</v>
       </c>
       <c r="I323" t="s">
-        <v>1923</v>
+        <v>1938</v>
+      </c>
+      <c r="J323" t="s">
+        <v>1939</v>
+      </c>
+      <c r="K323" t="s">
+        <v>1940</v>
+      </c>
+      <c r="O323" t="s">
+        <v>1937</v>
       </c>
       <c r="R323" t="s">
-        <v>1922</v>
+        <v>1940</v>
       </c>
       <c r="S323" t="s">
-        <v>1923</v>
+        <v>1938</v>
+      </c>
+      <c r="T323" t="s">
+        <v>1939</v>
       </c>
       <c r="AA323" t="s">
-        <v>1924</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="324" spans="1:27">
       <c r="A324">
-        <v>8454</v>
+        <v>16588</v>
       </c>
       <c r="B324" t="s">
-        <v>1925</v>
+        <v>1942</v>
       </c>
       <c r="C324">
-        <v>1417</v>
+        <v>904</v>
       </c>
       <c r="D324" t="s">
-        <v>1926</v>
+        <v>1943</v>
+      </c>
+      <c r="E324">
+        <v>190</v>
       </c>
       <c r="F324" t="s">
-        <v>1794</v>
+        <v>1927</v>
       </c>
       <c r="G324" t="s">
-        <v>1927</v>
-[...11 lines deleted...]
-        <v>1929</v>
+        <v>1944</v>
       </c>
       <c r="AA324" t="s">
-        <v>1930</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="325" spans="1:27">
       <c r="A325">
-        <v>8455</v>
+        <v>16589</v>
       </c>
       <c r="B325" t="s">
-        <v>1931</v>
+        <v>1946</v>
       </c>
       <c r="C325">
-        <v>1417</v>
+        <v>904</v>
       </c>
       <c r="D325" t="s">
-        <v>1932</v>
+        <v>1947</v>
+      </c>
+      <c r="E325">
+        <v>440</v>
       </c>
       <c r="F325" t="s">
-        <v>1794</v>
+        <v>1927</v>
       </c>
       <c r="G325" t="s">
-        <v>1933</v>
-[...11 lines deleted...]
-        <v>1935</v>
+        <v>1948</v>
       </c>
       <c r="AA325" t="s">
-        <v>1936</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="326" spans="1:27">
       <c r="A326">
-        <v>8456</v>
+        <v>17282</v>
       </c>
       <c r="B326" t="s">
-        <v>1937</v>
+        <v>1950</v>
       </c>
       <c r="C326">
-        <v>1417</v>
+        <v>904</v>
       </c>
       <c r="D326" t="s">
-        <v>1938</v>
+        <v>1951</v>
+      </c>
+      <c r="E326">
+        <v>240</v>
       </c>
       <c r="F326" t="s">
-        <v>1794</v>
+        <v>1927</v>
       </c>
       <c r="G326" t="s">
-        <v>1939</v>
+        <v>1952</v>
       </c>
       <c r="H326" t="s">
-        <v>1940</v>
-[...2 lines deleted...]
-        <v>1941</v>
+        <v>1953</v>
       </c>
       <c r="R326" t="s">
-        <v>1940</v>
-[...2 lines deleted...]
-        <v>1941</v>
+        <v>1953</v>
       </c>
       <c r="AA326" t="s">
-        <v>1942</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="327" spans="1:27">
       <c r="A327">
-        <v>8457</v>
+        <v>17770</v>
       </c>
       <c r="B327" t="s">
-        <v>1943</v>
+        <v>1955</v>
       </c>
       <c r="C327">
-        <v>1417</v>
+        <v>941</v>
       </c>
       <c r="D327" t="s">
-        <v>1944</v>
+        <v>1956</v>
+      </c>
+      <c r="E327">
+        <v>590</v>
       </c>
       <c r="F327" t="s">
-        <v>1794</v>
+        <v>1957</v>
       </c>
       <c r="G327" t="s">
-        <v>1945</v>
+        <v>1958</v>
       </c>
       <c r="H327" t="s">
-        <v>1946</v>
+        <v>1959</v>
       </c>
       <c r="I327" t="s">
-        <v>1947</v>
+        <v>1960</v>
+      </c>
+      <c r="J327" t="s">
+        <v>1961</v>
+      </c>
+      <c r="K327" t="s">
+        <v>1962</v>
       </c>
       <c r="R327" t="s">
-        <v>1946</v>
+        <v>1959</v>
       </c>
       <c r="S327" t="s">
-        <v>1947</v>
+        <v>1962</v>
+      </c>
+      <c r="T327" t="s">
+        <v>1960</v>
+      </c>
+      <c r="U327" t="s">
+        <v>1961</v>
       </c>
       <c r="AA327" t="s">
-        <v>1948</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="328" spans="1:27">
       <c r="A328">
-        <v>8458</v>
+        <v>17773</v>
       </c>
       <c r="B328" t="s">
-        <v>1949</v>
+        <v>1964</v>
       </c>
       <c r="C328">
-        <v>1417</v>
+        <v>941</v>
       </c>
       <c r="D328" t="s">
-        <v>1950</v>
+        <v>1965</v>
+      </c>
+      <c r="E328">
+        <v>320</v>
       </c>
       <c r="F328" t="s">
-        <v>1794</v>
+        <v>1957</v>
       </c>
       <c r="G328" t="s">
-        <v>1951</v>
+        <v>1966</v>
       </c>
       <c r="H328" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-        <v>1953</v>
+        <v>1967</v>
       </c>
       <c r="R328" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-        <v>1953</v>
+        <v>1967</v>
       </c>
       <c r="AA328" t="s">
-        <v>1954</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="329" spans="1:27">
       <c r="A329">
-        <v>8459</v>
+        <v>149</v>
       </c>
       <c r="B329" t="s">
-        <v>1955</v>
+        <v>1969</v>
       </c>
       <c r="C329">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D329" t="s">
-        <v>1956</v>
+        <v>1970</v>
+      </c>
+      <c r="E329">
+        <v>1750</v>
       </c>
       <c r="F329" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G329" t="s">
-        <v>1957</v>
+        <v>1972</v>
       </c>
       <c r="H329" t="s">
-        <v>1958</v>
+        <v>1973</v>
       </c>
       <c r="I329" t="s">
-        <v>1959</v>
+        <v>1974</v>
+      </c>
+      <c r="O329" t="s">
+        <v>1973</v>
       </c>
       <c r="R329" t="s">
-        <v>1958</v>
-[...2 lines deleted...]
-        <v>1959</v>
+        <v>1974</v>
       </c>
       <c r="AA329" t="s">
-        <v>1960</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="330" spans="1:27">
       <c r="A330">
-        <v>8460</v>
+        <v>16106</v>
       </c>
       <c r="B330" t="s">
-        <v>1961</v>
+        <v>1976</v>
       </c>
       <c r="C330">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D330" t="s">
-        <v>1962</v>
+        <v>1977</v>
+      </c>
+      <c r="E330">
+        <v>540</v>
       </c>
       <c r="F330" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G330" t="s">
-        <v>1963</v>
+        <v>1978</v>
       </c>
       <c r="H330" t="s">
-        <v>1964</v>
+        <v>1979</v>
       </c>
       <c r="I330" t="s">
-        <v>1965</v>
+        <v>1980</v>
+      </c>
+      <c r="J330" t="s">
+        <v>1981</v>
       </c>
       <c r="R330" t="s">
-        <v>1964</v>
+        <v>1979</v>
       </c>
       <c r="S330" t="s">
-        <v>1965</v>
+        <v>1980</v>
+      </c>
+      <c r="T330" t="s">
+        <v>1981</v>
       </c>
       <c r="AA330" t="s">
-        <v>1966</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="331" spans="1:27">
       <c r="A331">
-        <v>8461</v>
+        <v>16724</v>
       </c>
       <c r="B331" t="s">
-        <v>1967</v>
+        <v>1983</v>
       </c>
       <c r="C331">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D331" t="s">
-        <v>1968</v>
+        <v>1984</v>
+      </c>
+      <c r="E331">
+        <v>150</v>
       </c>
       <c r="F331" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G331" t="s">
-        <v>1969</v>
+        <v>1985</v>
       </c>
       <c r="H331" t="s">
-        <v>1970</v>
-[...8 lines deleted...]
-        <v>1971</v>
+        <v>1986</v>
+      </c>
+      <c r="O331" t="s">
+        <v>1986</v>
       </c>
       <c r="AA331" t="s">
-        <v>1972</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="332" spans="1:27">
       <c r="A332">
-        <v>8462</v>
+        <v>16725</v>
       </c>
       <c r="B332" t="s">
-        <v>1973</v>
+        <v>1988</v>
       </c>
       <c r="C332">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D332" t="s">
-        <v>1974</v>
+        <v>1989</v>
+      </c>
+      <c r="E332">
+        <v>650</v>
       </c>
       <c r="F332" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G332" t="s">
-        <v>1975</v>
+        <v>1990</v>
       </c>
       <c r="H332" t="s">
-        <v>1976</v>
-[...8 lines deleted...]
-        <v>1977</v>
+        <v>1991</v>
+      </c>
+      <c r="O332" t="s">
+        <v>1991</v>
       </c>
       <c r="AA332" t="s">
-        <v>1978</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="333" spans="1:27">
       <c r="A333">
-        <v>8463</v>
+        <v>17505</v>
       </c>
       <c r="B333" t="s">
-        <v>1979</v>
+        <v>1993</v>
       </c>
       <c r="C333">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D333" t="s">
-        <v>1980</v>
+        <v>1994</v>
+      </c>
+      <c r="E333">
+        <v>290</v>
       </c>
       <c r="F333" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G333" t="s">
-        <v>1981</v>
+        <v>1995</v>
       </c>
       <c r="H333" t="s">
-        <v>1982</v>
-[...8 lines deleted...]
-        <v>1983</v>
+        <v>1996</v>
+      </c>
+      <c r="O333" t="s">
+        <v>1996</v>
       </c>
       <c r="AA333" t="s">
-        <v>1984</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="334" spans="1:27">
       <c r="A334">
-        <v>8464</v>
+        <v>18583</v>
       </c>
       <c r="B334" t="s">
-        <v>1985</v>
+        <v>1998</v>
       </c>
       <c r="C334">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D334" t="s">
-        <v>1986</v>
+        <v>1999</v>
+      </c>
+      <c r="E334">
+        <v>590</v>
       </c>
       <c r="F334" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G334" t="s">
-        <v>1987</v>
+        <v>2000</v>
       </c>
       <c r="H334" t="s">
-        <v>1988</v>
+        <v>2001</v>
       </c>
       <c r="I334" t="s">
-        <v>1989</v>
+        <v>2002</v>
+      </c>
+      <c r="J334" t="s">
+        <v>2003</v>
+      </c>
+      <c r="K334" t="s">
+        <v>2004</v>
+      </c>
+      <c r="M334" t="s">
+        <v>2005</v>
       </c>
       <c r="R334" t="s">
-        <v>1988</v>
+        <v>2001</v>
       </c>
       <c r="S334" t="s">
-        <v>1989</v>
+        <v>2004</v>
+      </c>
+      <c r="U334" t="s">
+        <v>2002</v>
+      </c>
+      <c r="V334" t="s">
+        <v>2003</v>
       </c>
       <c r="AA334" t="s">
-        <v>1990</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="335" spans="1:27">
       <c r="A335">
-        <v>8465</v>
+        <v>19182</v>
       </c>
       <c r="B335" t="s">
-        <v>1991</v>
+        <v>2007</v>
       </c>
       <c r="C335">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D335" t="s">
-        <v>1992</v>
+        <v>2008</v>
+      </c>
+      <c r="E335">
+        <v>540</v>
       </c>
       <c r="F335" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G335" t="s">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="H335" t="s">
-        <v>1994</v>
+        <v>2010</v>
       </c>
       <c r="I335" t="s">
-        <v>1995</v>
+        <v>2011</v>
+      </c>
+      <c r="J335" t="s">
+        <v>2012</v>
+      </c>
+      <c r="O335" t="s">
+        <v>2010</v>
       </c>
       <c r="R335" t="s">
-        <v>1994</v>
+        <v>2011</v>
       </c>
       <c r="S335" t="s">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="AA335" t="s">
-        <v>1996</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="336" spans="1:27">
       <c r="A336">
-        <v>8466</v>
+        <v>19430</v>
       </c>
       <c r="B336" t="s">
-        <v>1997</v>
+        <v>2014</v>
       </c>
       <c r="C336">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D336" t="s">
-        <v>1998</v>
+        <v>2015</v>
+      </c>
+      <c r="E336">
+        <v>540</v>
       </c>
       <c r="F336" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G336" t="s">
-        <v>1999</v>
+        <v>2016</v>
       </c>
       <c r="H336" t="s">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="I336" t="s">
-        <v>2001</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>2018</v>
+      </c>
+      <c r="J336" t="s">
+        <v>2019</v>
+      </c>
+      <c r="O336" t="s">
+        <v>2017</v>
       </c>
       <c r="S336" t="s">
-        <v>2001</v>
+        <v>2020</v>
+      </c>
+      <c r="T336" t="s">
+        <v>2018</v>
+      </c>
+      <c r="U336" t="s">
+        <v>2019</v>
       </c>
       <c r="AA336" t="s">
-        <v>2002</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="337" spans="1:27">
       <c r="A337">
-        <v>8467</v>
+        <v>19432</v>
       </c>
       <c r="B337" t="s">
-        <v>2003</v>
+        <v>2022</v>
       </c>
       <c r="C337">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D337" t="s">
-        <v>2004</v>
+        <v>2023</v>
+      </c>
+      <c r="E337">
+        <v>440</v>
       </c>
       <c r="F337" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G337" t="s">
-        <v>2005</v>
+        <v>2024</v>
       </c>
       <c r="H337" t="s">
-        <v>2006</v>
+        <v>2025</v>
       </c>
       <c r="I337" t="s">
-        <v>2007</v>
+        <v>2026</v>
+      </c>
+      <c r="J337" t="s">
+        <v>2027</v>
+      </c>
+      <c r="K337" t="s">
+        <v>2028</v>
+      </c>
+      <c r="O337" t="s">
+        <v>2025</v>
       </c>
       <c r="R337" t="s">
-        <v>2006</v>
+        <v>2028</v>
       </c>
       <c r="S337" t="s">
-        <v>2007</v>
+        <v>2026</v>
+      </c>
+      <c r="T337" t="s">
+        <v>2027</v>
       </c>
       <c r="AA337" t="s">
-        <v>2008</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="338" spans="1:27">
       <c r="A338">
-        <v>8468</v>
+        <v>19446</v>
       </c>
       <c r="B338" t="s">
-        <v>2009</v>
+        <v>2030</v>
       </c>
       <c r="C338">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D338" t="s">
-        <v>2010</v>
+        <v>2031</v>
+      </c>
+      <c r="E338">
+        <v>390</v>
       </c>
       <c r="F338" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G338" t="s">
-        <v>2011</v>
+        <v>2032</v>
       </c>
       <c r="H338" t="s">
-        <v>2012</v>
+        <v>2033</v>
       </c>
       <c r="I338" t="s">
-        <v>2013</v>
+        <v>2034</v>
+      </c>
+      <c r="J338" t="s">
+        <v>2035</v>
       </c>
       <c r="R338" t="s">
-        <v>2012</v>
+        <v>2033</v>
       </c>
       <c r="S338" t="s">
-        <v>2013</v>
+        <v>2034</v>
+      </c>
+      <c r="T338" t="s">
+        <v>2035</v>
       </c>
       <c r="AA338" t="s">
-        <v>2014</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="339" spans="1:27">
       <c r="A339">
-        <v>8469</v>
+        <v>19580</v>
       </c>
       <c r="B339" t="s">
-        <v>2015</v>
+        <v>2037</v>
       </c>
       <c r="C339">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D339" t="s">
-        <v>2016</v>
+        <v>2038</v>
+      </c>
+      <c r="E339">
+        <v>280</v>
       </c>
       <c r="F339" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G339" t="s">
-        <v>2017</v>
+        <v>2039</v>
       </c>
       <c r="H339" t="s">
-        <v>2018</v>
-[...8 lines deleted...]
-        <v>2019</v>
+        <v>2040</v>
+      </c>
+      <c r="O339" t="s">
+        <v>2040</v>
       </c>
       <c r="AA339" t="s">
-        <v>2020</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="340" spans="1:27">
       <c r="A340">
-        <v>8470</v>
+        <v>19713</v>
       </c>
       <c r="B340" t="s">
-        <v>2021</v>
+        <v>2042</v>
       </c>
       <c r="C340">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D340" t="s">
-        <v>2022</v>
+        <v>2043</v>
+      </c>
+      <c r="E340">
+        <v>540</v>
       </c>
       <c r="F340" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G340" t="s">
-        <v>2023</v>
+        <v>2044</v>
       </c>
       <c r="H340" t="s">
-        <v>2024</v>
+        <v>2045</v>
       </c>
       <c r="I340" t="s">
-        <v>2025</v>
+        <v>2046</v>
+      </c>
+      <c r="J340" t="s">
+        <v>2047</v>
+      </c>
+      <c r="K340" t="s">
+        <v>2048</v>
+      </c>
+      <c r="O340" t="s">
+        <v>2045</v>
       </c>
       <c r="R340" t="s">
-        <v>2024</v>
+        <v>2048</v>
       </c>
       <c r="S340" t="s">
-        <v>2025</v>
+        <v>2046</v>
+      </c>
+      <c r="T340" t="s">
+        <v>2047</v>
       </c>
       <c r="AA340" t="s">
-        <v>2026</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="341" spans="1:27">
       <c r="A341">
-        <v>8471</v>
+        <v>19718</v>
       </c>
       <c r="B341" t="s">
-        <v>2027</v>
+        <v>2050</v>
       </c>
       <c r="C341">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D341" t="s">
-        <v>2028</v>
+        <v>2051</v>
+      </c>
+      <c r="E341">
+        <v>540</v>
       </c>
       <c r="F341" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G341" t="s">
-        <v>2029</v>
-[...11 lines deleted...]
-        <v>2031</v>
+        <v>2052</v>
       </c>
       <c r="AA341" t="s">
-        <v>2032</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="342" spans="1:27">
       <c r="A342">
-        <v>8472</v>
+        <v>19719</v>
       </c>
       <c r="B342" t="s">
-        <v>2033</v>
+        <v>2054</v>
       </c>
       <c r="C342">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D342" t="s">
-        <v>2034</v>
+        <v>2055</v>
+      </c>
+      <c r="E342">
+        <v>540</v>
       </c>
       <c r="F342" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G342" t="s">
-        <v>2035</v>
-[...11 lines deleted...]
-        <v>2037</v>
+        <v>2056</v>
       </c>
       <c r="AA342" t="s">
-        <v>2038</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="343" spans="1:27">
       <c r="A343">
-        <v>8473</v>
+        <v>19720</v>
       </c>
       <c r="B343" t="s">
-        <v>2039</v>
+        <v>2058</v>
       </c>
       <c r="C343">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D343" t="s">
-        <v>2040</v>
+        <v>2059</v>
+      </c>
+      <c r="E343">
+        <v>540</v>
       </c>
       <c r="F343" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G343" t="s">
-        <v>2041</v>
-[...11 lines deleted...]
-        <v>2043</v>
+        <v>2060</v>
       </c>
       <c r="AA343" t="s">
-        <v>2044</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="344" spans="1:27">
       <c r="A344">
-        <v>8474</v>
+        <v>19721</v>
       </c>
       <c r="B344" t="s">
-        <v>2045</v>
+        <v>2062</v>
       </c>
       <c r="C344">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D344" t="s">
-        <v>2046</v>
+        <v>2063</v>
+      </c>
+      <c r="E344">
+        <v>540</v>
       </c>
       <c r="F344" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G344" t="s">
-        <v>2047</v>
-[...11 lines deleted...]
-        <v>2049</v>
+        <v>2064</v>
       </c>
       <c r="AA344" t="s">
-        <v>2050</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="345" spans="1:27">
       <c r="A345">
-        <v>8476</v>
+        <v>19722</v>
       </c>
       <c r="B345" t="s">
-        <v>2051</v>
+        <v>2066</v>
       </c>
       <c r="C345">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D345" t="s">
-        <v>2052</v>
+        <v>2067</v>
+      </c>
+      <c r="E345">
+        <v>540</v>
       </c>
       <c r="F345" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G345" t="s">
-        <v>2053</v>
-[...11 lines deleted...]
-        <v>2055</v>
+        <v>2068</v>
       </c>
       <c r="AA345" t="s">
-        <v>2056</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="346" spans="1:27">
       <c r="A346">
-        <v>8477</v>
+        <v>19729</v>
       </c>
       <c r="B346" t="s">
-        <v>2057</v>
+        <v>2070</v>
       </c>
       <c r="C346">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D346" t="s">
-        <v>2058</v>
+        <v>2071</v>
+      </c>
+      <c r="E346">
+        <v>470</v>
       </c>
       <c r="F346" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G346" t="s">
-        <v>2059</v>
+        <v>2072</v>
       </c>
       <c r="H346" t="s">
-        <v>2060</v>
+        <v>2073</v>
       </c>
       <c r="I346" t="s">
-        <v>2061</v>
+        <v>2074</v>
+      </c>
+      <c r="J346" t="s">
+        <v>2075</v>
+      </c>
+      <c r="O346" t="s">
+        <v>2073</v>
       </c>
       <c r="R346" t="s">
-        <v>2060</v>
+        <v>2074</v>
       </c>
       <c r="S346" t="s">
-        <v>2061</v>
+        <v>2075</v>
       </c>
       <c r="AA346" t="s">
-        <v>2062</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="347" spans="1:27">
       <c r="A347">
-        <v>8478</v>
+        <v>19737</v>
       </c>
       <c r="B347" t="s">
-        <v>2063</v>
+        <v>2077</v>
       </c>
       <c r="C347">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D347" t="s">
-        <v>2064</v>
+        <v>2078</v>
+      </c>
+      <c r="E347">
+        <v>470</v>
       </c>
       <c r="F347" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G347" t="s">
-        <v>2065</v>
+        <v>2079</v>
       </c>
       <c r="H347" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
       <c r="I347" t="s">
-        <v>2067</v>
+        <v>2081</v>
+      </c>
+      <c r="O347" t="s">
+        <v>2080</v>
       </c>
       <c r="R347" t="s">
-        <v>2066</v>
-[...2 lines deleted...]
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="AA347" t="s">
-        <v>2068</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="348" spans="1:27">
       <c r="A348">
-        <v>8480</v>
+        <v>19738</v>
       </c>
       <c r="B348" t="s">
-        <v>2069</v>
+        <v>2083</v>
       </c>
       <c r="C348">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D348" t="s">
-        <v>2070</v>
+        <v>2084</v>
+      </c>
+      <c r="E348">
+        <v>470</v>
       </c>
       <c r="F348" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G348" t="s">
-        <v>2071</v>
+        <v>2085</v>
       </c>
       <c r="H348" t="s">
-        <v>2072</v>
+        <v>2086</v>
       </c>
       <c r="I348" t="s">
-        <v>2073</v>
+        <v>2087</v>
+      </c>
+      <c r="O348" t="s">
+        <v>2086</v>
       </c>
       <c r="R348" t="s">
-        <v>2072</v>
-[...2 lines deleted...]
-        <v>2073</v>
+        <v>2087</v>
       </c>
       <c r="AA348" t="s">
-        <v>2074</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="349" spans="1:27">
       <c r="A349">
-        <v>8481</v>
+        <v>19739</v>
       </c>
       <c r="B349" t="s">
-        <v>2075</v>
+        <v>2089</v>
       </c>
       <c r="C349">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D349" t="s">
-        <v>2076</v>
+        <v>2090</v>
+      </c>
+      <c r="E349">
+        <v>470</v>
       </c>
       <c r="F349" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G349" t="s">
-        <v>2077</v>
+        <v>2091</v>
       </c>
       <c r="H349" t="s">
-        <v>2078</v>
+        <v>2092</v>
       </c>
       <c r="I349" t="s">
-        <v>2079</v>
+        <v>2093</v>
+      </c>
+      <c r="O349" t="s">
+        <v>2092</v>
       </c>
       <c r="R349" t="s">
-        <v>2078</v>
-[...2 lines deleted...]
-        <v>2079</v>
+        <v>2093</v>
       </c>
       <c r="AA349" t="s">
-        <v>2080</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="350" spans="1:27">
       <c r="A350">
-        <v>8482</v>
+        <v>19740</v>
       </c>
       <c r="B350" t="s">
-        <v>2081</v>
+        <v>2095</v>
       </c>
       <c r="C350">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D350" t="s">
-        <v>2082</v>
+        <v>2096</v>
+      </c>
+      <c r="E350">
+        <v>470</v>
       </c>
       <c r="F350" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G350" t="s">
-        <v>2083</v>
+        <v>2097</v>
       </c>
       <c r="H350" t="s">
-        <v>2084</v>
+        <v>2098</v>
       </c>
       <c r="I350" t="s">
-        <v>2085</v>
+        <v>2099</v>
+      </c>
+      <c r="O350" t="s">
+        <v>2098</v>
       </c>
       <c r="R350" t="s">
-        <v>2084</v>
-[...2 lines deleted...]
-        <v>2085</v>
+        <v>2099</v>
       </c>
       <c r="AA350" t="s">
-        <v>2086</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="351" spans="1:27">
       <c r="A351">
-        <v>8483</v>
+        <v>19741</v>
       </c>
       <c r="B351" t="s">
-        <v>2087</v>
+        <v>2101</v>
       </c>
       <c r="C351">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D351" t="s">
-        <v>2088</v>
+        <v>2102</v>
+      </c>
+      <c r="E351">
+        <v>470</v>
       </c>
       <c r="F351" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G351" t="s">
-        <v>2089</v>
+        <v>2103</v>
       </c>
       <c r="H351" t="s">
-        <v>2090</v>
+        <v>2104</v>
       </c>
       <c r="I351" t="s">
-        <v>2091</v>
+        <v>2105</v>
+      </c>
+      <c r="O351" t="s">
+        <v>2104</v>
       </c>
       <c r="R351" t="s">
-        <v>2090</v>
-[...2 lines deleted...]
-        <v>2091</v>
+        <v>2105</v>
       </c>
       <c r="AA351" t="s">
-        <v>2092</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="352" spans="1:27">
       <c r="A352">
-        <v>8484</v>
+        <v>19742</v>
       </c>
       <c r="B352" t="s">
-        <v>2093</v>
+        <v>2107</v>
       </c>
       <c r="C352">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D352" t="s">
-        <v>2094</v>
+        <v>2108</v>
+      </c>
+      <c r="E352">
+        <v>540</v>
       </c>
       <c r="F352" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G352" t="s">
-        <v>2095</v>
+        <v>2109</v>
       </c>
       <c r="H352" t="s">
-        <v>2096</v>
+        <v>2110</v>
       </c>
       <c r="I352" t="s">
-        <v>2097</v>
+        <v>2111</v>
+      </c>
+      <c r="O352" t="s">
+        <v>2110</v>
       </c>
       <c r="R352" t="s">
-        <v>2096</v>
-[...2 lines deleted...]
-        <v>2097</v>
+        <v>2111</v>
       </c>
       <c r="AA352" t="s">
-        <v>2098</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="353" spans="1:27">
       <c r="A353">
-        <v>8485</v>
+        <v>19744</v>
       </c>
       <c r="B353" t="s">
-        <v>2099</v>
+        <v>2113</v>
       </c>
       <c r="C353">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D353" t="s">
-        <v>2100</v>
+        <v>2114</v>
+      </c>
+      <c r="E353">
+        <v>470</v>
       </c>
       <c r="F353" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G353" t="s">
-        <v>2101</v>
+        <v>2115</v>
       </c>
       <c r="H353" t="s">
-        <v>2102</v>
+        <v>2116</v>
       </c>
       <c r="I353" t="s">
-        <v>2103</v>
+        <v>2117</v>
+      </c>
+      <c r="O353" t="s">
+        <v>2116</v>
       </c>
       <c r="R353" t="s">
-        <v>2102</v>
-[...2 lines deleted...]
-        <v>2103</v>
+        <v>2117</v>
       </c>
       <c r="AA353" t="s">
-        <v>2104</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="354" spans="1:27">
       <c r="A354">
-        <v>8486</v>
+        <v>19746</v>
       </c>
       <c r="B354" t="s">
-        <v>2105</v>
+        <v>2119</v>
       </c>
       <c r="C354">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D354" t="s">
-        <v>2106</v>
+        <v>2120</v>
+      </c>
+      <c r="E354">
+        <v>470</v>
       </c>
       <c r="F354" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G354" t="s">
-        <v>2107</v>
+        <v>2121</v>
       </c>
       <c r="H354" t="s">
-        <v>2108</v>
+        <v>2122</v>
       </c>
       <c r="I354" t="s">
-        <v>2109</v>
+        <v>2123</v>
       </c>
       <c r="R354" t="s">
-        <v>2108</v>
+        <v>2122</v>
       </c>
       <c r="S354" t="s">
-        <v>2109</v>
+        <v>2123</v>
       </c>
       <c r="AA354" t="s">
-        <v>2110</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="355" spans="1:27">
       <c r="A355">
-        <v>8487</v>
+        <v>19884</v>
       </c>
       <c r="B355" t="s">
-        <v>2111</v>
+        <v>2125</v>
       </c>
       <c r="C355">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D355" t="s">
-        <v>2112</v>
+        <v>2126</v>
+      </c>
+      <c r="E355">
+        <v>540</v>
       </c>
       <c r="F355" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G355" t="s">
-        <v>2113</v>
+        <v>2127</v>
       </c>
       <c r="H355" t="s">
-        <v>2114</v>
+        <v>2128</v>
       </c>
       <c r="I355" t="s">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="R355" t="s">
-        <v>2114</v>
+        <v>2128</v>
       </c>
       <c r="S355" t="s">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="AA355" t="s">
-        <v>2116</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="356" spans="1:27">
       <c r="A356">
-        <v>8488</v>
+        <v>20569</v>
       </c>
       <c r="B356" t="s">
-        <v>2117</v>
+        <v>2131</v>
       </c>
       <c r="C356">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D356" t="s">
-        <v>2118</v>
+        <v>2132</v>
+      </c>
+      <c r="E356">
+        <v>590</v>
       </c>
       <c r="F356" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G356" t="s">
-        <v>2119</v>
-[...2 lines deleted...]
-        <v>2120</v>
+        <v>2133</v>
       </c>
       <c r="I356" t="s">
-        <v>2121</v>
-[...2 lines deleted...]
-        <v>2120</v>
+        <v>2134</v>
+      </c>
+      <c r="J356" t="s">
+        <v>2135</v>
       </c>
       <c r="S356" t="s">
-        <v>2121</v>
+        <v>2134</v>
+      </c>
+      <c r="T356" t="s">
+        <v>2135</v>
       </c>
       <c r="AA356" t="s">
-        <v>2122</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="357" spans="1:27">
       <c r="A357">
-        <v>8489</v>
+        <v>20576</v>
       </c>
       <c r="B357" t="s">
-        <v>2123</v>
+        <v>2137</v>
       </c>
       <c r="C357">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D357" t="s">
-        <v>2124</v>
+        <v>2138</v>
+      </c>
+      <c r="E357">
+        <v>690</v>
       </c>
       <c r="F357" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G357" t="s">
-        <v>2125</v>
+        <v>2139</v>
       </c>
       <c r="H357" t="s">
-        <v>2126</v>
+        <v>2140</v>
       </c>
       <c r="I357" t="s">
-        <v>2127</v>
+        <v>2141</v>
       </c>
       <c r="R357" t="s">
-        <v>2126</v>
+        <v>2140</v>
       </c>
       <c r="S357" t="s">
-        <v>2127</v>
+        <v>2141</v>
       </c>
       <c r="AA357" t="s">
-        <v>2128</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="358" spans="1:27">
       <c r="A358">
-        <v>8490</v>
+        <v>20680</v>
       </c>
       <c r="B358" t="s">
-        <v>2129</v>
+        <v>2143</v>
       </c>
       <c r="C358">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D358" t="s">
-        <v>2130</v>
+        <v>2144</v>
+      </c>
+      <c r="E358">
+        <v>350</v>
       </c>
       <c r="F358" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G358" t="s">
-        <v>2131</v>
+        <v>2145</v>
       </c>
       <c r="H358" t="s">
-        <v>2132</v>
+        <v>2146</v>
       </c>
       <c r="I358" t="s">
-        <v>2133</v>
-[...5 lines deleted...]
-        <v>2133</v>
+        <v>2147</v>
+      </c>
+      <c r="J358" t="s">
+        <v>2148</v>
+      </c>
+      <c r="O358" t="s">
+        <v>2146</v>
+      </c>
+      <c r="U358" t="s">
+        <v>2147</v>
+      </c>
+      <c r="V358" t="s">
+        <v>2148</v>
       </c>
       <c r="AA358" t="s">
-        <v>2134</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="359" spans="1:27">
       <c r="A359">
-        <v>8491</v>
+        <v>20873</v>
       </c>
       <c r="B359" t="s">
-        <v>2135</v>
+        <v>2150</v>
       </c>
       <c r="C359">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D359" t="s">
-        <v>2136</v>
+        <v>2151</v>
+      </c>
+      <c r="E359">
+        <v>470</v>
       </c>
       <c r="F359" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G359" t="s">
-        <v>2137</v>
+        <v>2152</v>
       </c>
       <c r="H359" t="s">
-        <v>2138</v>
+        <v>2153</v>
       </c>
       <c r="I359" t="s">
-        <v>2139</v>
+        <v>2154</v>
+      </c>
+      <c r="J359" t="s">
+        <v>2155</v>
+      </c>
+      <c r="O359" t="s">
+        <v>2153</v>
       </c>
       <c r="R359" t="s">
-        <v>2138</v>
+        <v>2154</v>
       </c>
       <c r="S359" t="s">
-        <v>2139</v>
+        <v>2155</v>
       </c>
       <c r="AA359" t="s">
-        <v>2140</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="360" spans="1:27">
       <c r="A360">
-        <v>8492</v>
+        <v>20874</v>
       </c>
       <c r="B360" t="s">
-        <v>2141</v>
+        <v>2157</v>
       </c>
       <c r="C360">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D360" t="s">
-        <v>2142</v>
+        <v>2158</v>
+      </c>
+      <c r="E360">
+        <v>470</v>
       </c>
       <c r="F360" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G360" t="s">
-        <v>2143</v>
+        <v>2159</v>
       </c>
       <c r="H360" t="s">
-        <v>2144</v>
+        <v>2160</v>
       </c>
       <c r="I360" t="s">
-        <v>2145</v>
+        <v>2161</v>
+      </c>
+      <c r="J360" t="s">
+        <v>2162</v>
+      </c>
+      <c r="O360" t="s">
+        <v>2160</v>
       </c>
       <c r="R360" t="s">
-        <v>2144</v>
+        <v>2161</v>
       </c>
       <c r="S360" t="s">
-        <v>2145</v>
+        <v>2162</v>
       </c>
       <c r="AA360" t="s">
-        <v>2146</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="361" spans="1:27">
       <c r="A361">
-        <v>8493</v>
+        <v>20875</v>
       </c>
       <c r="B361" t="s">
-        <v>2147</v>
+        <v>2164</v>
       </c>
       <c r="C361">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D361" t="s">
-        <v>2148</v>
+        <v>2165</v>
+      </c>
+      <c r="E361">
+        <v>470</v>
       </c>
       <c r="F361" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G361" t="s">
-        <v>2149</v>
+        <v>2166</v>
       </c>
       <c r="H361" t="s">
-        <v>2150</v>
+        <v>2167</v>
       </c>
       <c r="I361" t="s">
-        <v>2151</v>
+        <v>2168</v>
+      </c>
+      <c r="J361" t="s">
+        <v>2169</v>
+      </c>
+      <c r="O361" t="s">
+        <v>2167</v>
       </c>
       <c r="R361" t="s">
-        <v>2150</v>
+        <v>2168</v>
       </c>
       <c r="S361" t="s">
-        <v>2151</v>
+        <v>2169</v>
       </c>
       <c r="AA361" t="s">
-        <v>2152</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="362" spans="1:27">
       <c r="A362">
-        <v>8494</v>
+        <v>20920</v>
       </c>
       <c r="B362" t="s">
-        <v>2153</v>
+        <v>2171</v>
       </c>
       <c r="C362">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D362" t="s">
-        <v>2154</v>
+        <v>2172</v>
+      </c>
+      <c r="E362">
+        <v>540</v>
       </c>
       <c r="F362" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G362" t="s">
-        <v>2155</v>
+        <v>2173</v>
       </c>
       <c r="H362" t="s">
-        <v>2156</v>
+        <v>2174</v>
       </c>
       <c r="I362" t="s">
-        <v>2157</v>
+        <v>2175</v>
       </c>
       <c r="R362" t="s">
-        <v>2156</v>
+        <v>2174</v>
       </c>
       <c r="S362" t="s">
-        <v>2157</v>
+        <v>2175</v>
       </c>
       <c r="AA362" t="s">
-        <v>2158</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="363" spans="1:27">
       <c r="A363">
-        <v>8495</v>
+        <v>34934</v>
       </c>
       <c r="B363" t="s">
-        <v>2159</v>
+        <v>2177</v>
       </c>
       <c r="C363">
-        <v>1417</v>
+        <v>934</v>
       </c>
       <c r="D363" t="s">
-        <v>2160</v>
+        <v>2178</v>
+      </c>
+      <c r="E363">
+        <v>3600</v>
       </c>
       <c r="F363" t="s">
-        <v>1794</v>
+        <v>1971</v>
       </c>
       <c r="G363" t="s">
-        <v>2161</v>
+        <v>2179</v>
       </c>
       <c r="H363" t="s">
-        <v>2162</v>
+        <v>2180</v>
       </c>
       <c r="I363" t="s">
-        <v>2163</v>
+        <v>2181</v>
+      </c>
+      <c r="J363" t="s">
+        <v>2182</v>
       </c>
       <c r="R363" t="s">
-        <v>2162</v>
+        <v>2180</v>
       </c>
       <c r="S363" t="s">
-        <v>2163</v>
+        <v>2181</v>
+      </c>
+      <c r="T363" t="s">
+        <v>2182</v>
       </c>
       <c r="AA363" t="s">
-        <v>2164</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="364" spans="1:27">
       <c r="A364">
-        <v>8496</v>
+        <v>17403</v>
       </c>
       <c r="B364" t="s">
-        <v>2165</v>
+        <v>2184</v>
       </c>
       <c r="C364">
-        <v>1417</v>
+        <v>930</v>
       </c>
       <c r="D364" t="s">
-        <v>2166</v>
+        <v>2185</v>
+      </c>
+      <c r="E364">
+        <v>590</v>
       </c>
       <c r="F364" t="s">
-        <v>1794</v>
+        <v>2186</v>
       </c>
       <c r="G364" t="s">
-        <v>2167</v>
+        <v>2187</v>
       </c>
       <c r="H364" t="s">
-        <v>2168</v>
+        <v>2188</v>
       </c>
       <c r="I364" t="s">
-        <v>2169</v>
+        <v>2189</v>
+      </c>
+      <c r="J364" t="s">
+        <v>2190</v>
+      </c>
+      <c r="K364" t="s">
+        <v>2191</v>
+      </c>
+      <c r="M364" t="s">
+        <v>2192</v>
+      </c>
+      <c r="O364" t="s">
+        <v>2188</v>
       </c>
       <c r="R364" t="s">
-        <v>2168</v>
+        <v>2191</v>
       </c>
       <c r="S364" t="s">
-        <v>2169</v>
+        <v>2189</v>
+      </c>
+      <c r="T364" t="s">
+        <v>2190</v>
       </c>
       <c r="AA364" t="s">
-        <v>2170</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="365" spans="1:27">
       <c r="A365">
-        <v>8497</v>
+        <v>17405</v>
       </c>
       <c r="B365" t="s">
-        <v>2171</v>
+        <v>2194</v>
       </c>
       <c r="C365">
-        <v>1417</v>
+        <v>930</v>
       </c>
       <c r="D365" t="s">
-        <v>2172</v>
+        <v>2195</v>
+      </c>
+      <c r="E365">
+        <v>540</v>
       </c>
       <c r="F365" t="s">
-        <v>1794</v>
+        <v>2186</v>
       </c>
       <c r="G365" t="s">
-        <v>2173</v>
+        <v>2196</v>
       </c>
       <c r="H365" t="s">
-        <v>2174</v>
+        <v>2197</v>
       </c>
       <c r="I365" t="s">
-        <v>2175</v>
+        <v>2198</v>
       </c>
       <c r="R365" t="s">
-        <v>2174</v>
+        <v>2197</v>
       </c>
       <c r="S365" t="s">
-        <v>2175</v>
+        <v>2198</v>
       </c>
       <c r="AA365" t="s">
-        <v>2176</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="366" spans="1:27">
       <c r="A366">
-        <v>8498</v>
+        <v>17827</v>
       </c>
       <c r="B366" t="s">
-        <v>2177</v>
+        <v>2200</v>
       </c>
       <c r="C366">
-        <v>1417</v>
+        <v>930</v>
       </c>
       <c r="D366" t="s">
-        <v>2178</v>
+        <v>2201</v>
+      </c>
+      <c r="E366">
+        <v>460</v>
       </c>
       <c r="F366" t="s">
-        <v>1794</v>
+        <v>2186</v>
       </c>
       <c r="G366" t="s">
-        <v>2179</v>
-[...11 lines deleted...]
-        <v>2181</v>
+        <v>2202</v>
       </c>
       <c r="AA366" t="s">
-        <v>2182</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="367" spans="1:27">
       <c r="A367">
-        <v>8499</v>
+        <v>17919</v>
       </c>
       <c r="B367" t="s">
-        <v>2183</v>
+        <v>2204</v>
       </c>
       <c r="C367">
-        <v>1417</v>
+        <v>930</v>
       </c>
       <c r="D367" t="s">
-        <v>2184</v>
+        <v>2205</v>
+      </c>
+      <c r="E367">
+        <v>1500</v>
       </c>
       <c r="F367" t="s">
-        <v>1794</v>
+        <v>2186</v>
       </c>
       <c r="G367" t="s">
-        <v>2185</v>
+        <v>2206</v>
       </c>
       <c r="H367" t="s">
-        <v>2186</v>
-[...5 lines deleted...]
-        <v>2186</v>
+        <v>2207</v>
+      </c>
+      <c r="O367" t="s">
+        <v>2207</v>
       </c>
       <c r="S367" t="s">
-        <v>2187</v>
+        <v>2208</v>
       </c>
       <c r="AA367" t="s">
-        <v>2188</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="368" spans="1:27">
       <c r="A368">
-        <v>8500</v>
+        <v>17921</v>
       </c>
       <c r="B368" t="s">
-        <v>2189</v>
+        <v>2210</v>
       </c>
       <c r="C368">
-        <v>1417</v>
+        <v>930</v>
       </c>
       <c r="D368" t="s">
-        <v>2190</v>
+        <v>2211</v>
+      </c>
+      <c r="E368">
+        <v>1400</v>
       </c>
       <c r="F368" t="s">
-        <v>1794</v>
+        <v>2186</v>
       </c>
       <c r="G368" t="s">
-        <v>2191</v>
+        <v>2212</v>
       </c>
       <c r="H368" t="s">
-        <v>2192</v>
-[...5 lines deleted...]
-        <v>2192</v>
+        <v>2213</v>
+      </c>
+      <c r="O368" t="s">
+        <v>2213</v>
       </c>
       <c r="S368" t="s">
-        <v>2193</v>
+        <v>2214</v>
       </c>
       <c r="AA368" t="s">
-        <v>2194</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="369" spans="1:27">
       <c r="A369">
-        <v>8501</v>
+        <v>19798</v>
       </c>
       <c r="B369" t="s">
-        <v>2195</v>
+        <v>2216</v>
       </c>
       <c r="C369">
-        <v>1417</v>
+        <v>930</v>
       </c>
       <c r="D369" t="s">
-        <v>2196</v>
+        <v>2217</v>
+      </c>
+      <c r="E369">
+        <v>490</v>
       </c>
       <c r="F369" t="s">
-        <v>1794</v>
+        <v>2186</v>
       </c>
       <c r="G369" t="s">
-        <v>2197</v>
+        <v>2218</v>
       </c>
       <c r="H369" t="s">
-        <v>2198</v>
-[...8 lines deleted...]
-        <v>2199</v>
+        <v>2219</v>
+      </c>
+      <c r="O369" t="s">
+        <v>2219</v>
       </c>
       <c r="AA369" t="s">
-        <v>2200</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="370" spans="1:27">
       <c r="A370">
-        <v>8502</v>
+        <v>34979</v>
       </c>
       <c r="B370" t="s">
-        <v>2201</v>
+        <v>2221</v>
       </c>
       <c r="C370">
-        <v>1417</v>
+        <v>930</v>
       </c>
       <c r="D370" t="s">
-        <v>2202</v>
+        <v>2222</v>
+      </c>
+      <c r="E370">
+        <v>490</v>
       </c>
       <c r="F370" t="s">
-        <v>1794</v>
+        <v>2186</v>
       </c>
       <c r="G370" t="s">
-        <v>2203</v>
+        <v>2223</v>
       </c>
       <c r="H370" t="s">
-        <v>2204</v>
-[...8 lines deleted...]
-        <v>2205</v>
+        <v>2224</v>
+      </c>
+      <c r="O370" t="s">
+        <v>2224</v>
       </c>
       <c r="AA370" t="s">
-        <v>2206</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="371" spans="1:27">
       <c r="A371">
-        <v>8503</v>
+        <v>11326</v>
       </c>
       <c r="B371" t="s">
-        <v>2207</v>
+        <v>2226</v>
       </c>
       <c r="C371">
-        <v>1417</v>
+        <v>828</v>
       </c>
       <c r="D371" t="s">
-        <v>2208</v>
+        <v>2227</v>
+      </c>
+      <c r="E371">
+        <v>415</v>
       </c>
       <c r="F371" t="s">
-        <v>1794</v>
+        <v>2228</v>
       </c>
       <c r="G371" t="s">
-        <v>2209</v>
+        <v>2229</v>
       </c>
       <c r="H371" t="s">
-        <v>2210</v>
+        <v>2230</v>
       </c>
       <c r="I371" t="s">
-        <v>2211</v>
+        <v>2231</v>
+      </c>
+      <c r="J371" t="s">
+        <v>2232</v>
       </c>
       <c r="R371" t="s">
-        <v>2210</v>
+        <v>2230</v>
       </c>
       <c r="S371" t="s">
-        <v>2211</v>
+        <v>2231</v>
+      </c>
+      <c r="T371" t="s">
+        <v>2232</v>
       </c>
       <c r="AA371" t="s">
-        <v>2212</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="372" spans="1:27">
       <c r="A372">
-        <v>48339</v>
+        <v>11330</v>
       </c>
       <c r="B372" t="s">
-        <v>2213</v>
+        <v>2234</v>
       </c>
       <c r="C372">
-        <v>1417</v>
+        <v>828</v>
       </c>
       <c r="D372" t="s">
-        <v>2214</v>
+        <v>2235</v>
+      </c>
+      <c r="E372">
+        <v>415</v>
       </c>
       <c r="F372" t="s">
-        <v>1794</v>
+        <v>2228</v>
       </c>
       <c r="G372" t="s">
-        <v>2215</v>
+        <v>2236</v>
       </c>
       <c r="H372" t="s">
-        <v>2216</v>
+        <v>2237</v>
       </c>
       <c r="I372" t="s">
-        <v>2217</v>
+        <v>2238</v>
       </c>
       <c r="J372" t="s">
-        <v>2218</v>
-[...2 lines deleted...]
-        <v>2219</v>
+        <v>2239</v>
       </c>
       <c r="R372" t="s">
-        <v>2216</v>
+        <v>2237</v>
       </c>
       <c r="S372" t="s">
-        <v>2219</v>
-[...5 lines deleted...]
-        <v>2218</v>
+        <v>2238</v>
+      </c>
+      <c r="T372" t="s">
+        <v>2239</v>
       </c>
       <c r="AA372" t="s">
-        <v>2220</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="373" spans="1:27">
       <c r="A373">
-        <v>48372</v>
+        <v>11337</v>
       </c>
       <c r="B373" t="s">
-        <v>2221</v>
+        <v>2241</v>
       </c>
       <c r="C373">
-        <v>1417</v>
+        <v>828</v>
       </c>
       <c r="D373" t="s">
-        <v>2222</v>
+        <v>2242</v>
+      </c>
+      <c r="E373">
+        <v>490</v>
       </c>
       <c r="F373" t="s">
-        <v>1794</v>
+        <v>2228</v>
       </c>
       <c r="G373" t="s">
-        <v>2223</v>
+        <v>2243</v>
       </c>
       <c r="H373" t="s">
-        <v>2224</v>
-[...2 lines deleted...]
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="R373" t="s">
-        <v>2224</v>
-[...2 lines deleted...]
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="AA373" t="s">
-        <v>2226</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="374" spans="1:27">
       <c r="A374">
-        <v>48373</v>
+        <v>11341</v>
       </c>
       <c r="B374" t="s">
-        <v>2227</v>
+        <v>2246</v>
       </c>
       <c r="C374">
-        <v>1417</v>
+        <v>828</v>
       </c>
       <c r="D374" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E374">
+        <v>270</v>
+      </c>
+      <c r="F374" t="s">
         <v>2228</v>
       </c>
-      <c r="F374" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G374" t="s">
-        <v>2229</v>
-[...11 lines deleted...]
-        <v>2231</v>
+        <v>2248</v>
       </c>
       <c r="AA374" t="s">
-        <v>2232</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="375" spans="1:27">
       <c r="A375">
-        <v>48374</v>
+        <v>11403</v>
       </c>
       <c r="B375" t="s">
-        <v>2233</v>
+        <v>2250</v>
       </c>
       <c r="C375">
-        <v>1417</v>
+        <v>828</v>
       </c>
       <c r="D375" t="s">
-        <v>2234</v>
+        <v>2251</v>
+      </c>
+      <c r="E375">
+        <v>520</v>
       </c>
       <c r="F375" t="s">
-        <v>1794</v>
+        <v>2228</v>
       </c>
       <c r="G375" t="s">
-        <v>2235</v>
-[...11 lines deleted...]
-        <v>2237</v>
+        <v>2252</v>
       </c>
       <c r="AA375" t="s">
-        <v>2238</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="376" spans="1:27">
       <c r="A376">
-        <v>48375</v>
+        <v>12250</v>
       </c>
       <c r="B376" t="s">
-        <v>2239</v>
+        <v>2254</v>
       </c>
       <c r="C376">
-        <v>1417</v>
+        <v>828</v>
       </c>
       <c r="D376" t="s">
-        <v>2240</v>
+        <v>2255</v>
+      </c>
+      <c r="E376">
+        <v>570</v>
       </c>
       <c r="F376" t="s">
-        <v>1794</v>
+        <v>2228</v>
       </c>
       <c r="G376" t="s">
-        <v>2241</v>
+        <v>2256</v>
       </c>
       <c r="H376" t="s">
-        <v>2242</v>
+        <v>2257</v>
       </c>
       <c r="I376" t="s">
-        <v>2243</v>
+        <v>2258</v>
+      </c>
+      <c r="J376" t="s">
+        <v>2259</v>
       </c>
       <c r="R376" t="s">
-        <v>2242</v>
+        <v>2257</v>
       </c>
       <c r="S376" t="s">
-        <v>2243</v>
+        <v>2258</v>
+      </c>
+      <c r="T376" t="s">
+        <v>2259</v>
       </c>
       <c r="AA376" t="s">
-        <v>2244</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="377" spans="1:27">
       <c r="A377">
-        <v>48376</v>
+        <v>14129</v>
       </c>
       <c r="B377" t="s">
-        <v>2245</v>
+        <v>2261</v>
       </c>
       <c r="C377">
-        <v>1417</v>
+        <v>869</v>
       </c>
       <c r="D377" t="s">
-        <v>2246</v>
+        <v>2262</v>
+      </c>
+      <c r="E377">
+        <v>240</v>
       </c>
       <c r="F377" t="s">
-        <v>1794</v>
+        <v>2263</v>
       </c>
       <c r="G377" t="s">
-        <v>2247</v>
+        <v>2264</v>
       </c>
       <c r="H377" t="s">
-        <v>2248</v>
+        <v>2265</v>
       </c>
       <c r="I377" t="s">
-        <v>2249</v>
+        <v>2266</v>
+      </c>
+      <c r="J377" t="s">
+        <v>2267</v>
+      </c>
+      <c r="M377" t="s">
+        <v>2268</v>
       </c>
       <c r="R377" t="s">
-        <v>2248</v>
+        <v>2265</v>
       </c>
       <c r="S377" t="s">
-        <v>2249</v>
+        <v>2266</v>
+      </c>
+      <c r="T377" t="s">
+        <v>2267</v>
       </c>
       <c r="AA377" t="s">
-        <v>2250</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="378" spans="1:27">
       <c r="A378">
-        <v>13979</v>
+        <v>14130</v>
       </c>
       <c r="B378" t="s">
-        <v>2251</v>
+        <v>2270</v>
       </c>
       <c r="C378">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="D378" t="s">
-        <v>2252</v>
+        <v>2271</v>
       </c>
       <c r="E378">
-        <v>390</v>
+        <v>460</v>
       </c>
       <c r="F378" t="s">
-        <v>2253</v>
+        <v>2272</v>
       </c>
       <c r="G378" t="s">
-        <v>2254</v>
+        <v>2273</v>
       </c>
       <c r="H378" t="s">
-        <v>2255</v>
+        <v>2274</v>
       </c>
       <c r="I378" t="s">
-        <v>2256</v>
+        <v>2275</v>
       </c>
       <c r="J378" t="s">
-        <v>2257</v>
-[...2 lines deleted...]
-        <v>2255</v>
+        <v>2276</v>
+      </c>
+      <c r="M378" t="s">
+        <v>2277</v>
       </c>
       <c r="R378" t="s">
-        <v>2256</v>
+        <v>2274</v>
       </c>
       <c r="S378" t="s">
-        <v>2257</v>
+        <v>2275</v>
+      </c>
+      <c r="T378" t="s">
+        <v>2276</v>
       </c>
       <c r="AA378" t="s">
-        <v>2258</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="379" spans="1:27">
       <c r="A379">
-        <v>14007</v>
+        <v>27</v>
       </c>
       <c r="B379" t="s">
-        <v>2259</v>
+        <v>2279</v>
       </c>
       <c r="C379">
-        <v>867</v>
+        <v>605</v>
       </c>
       <c r="D379" t="s">
-        <v>2260</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>2280</v>
       </c>
       <c r="F379" t="s">
-        <v>2253</v>
+        <v>2281</v>
       </c>
       <c r="G379" t="s">
-        <v>2261</v>
-[...17 lines deleted...]
-        <v>2264</v>
+        <v>2282</v>
       </c>
       <c r="AA379" t="s">
-        <v>2265</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="380" spans="1:27">
       <c r="A380">
-        <v>14256</v>
+        <v>28</v>
       </c>
       <c r="B380" t="s">
-        <v>2266</v>
+        <v>2284</v>
       </c>
       <c r="C380">
-        <v>867</v>
+        <v>605</v>
       </c>
       <c r="D380" t="s">
-        <v>2267</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>2285</v>
       </c>
       <c r="F380" t="s">
-        <v>2253</v>
+        <v>2281</v>
       </c>
       <c r="G380" t="s">
-        <v>2268</v>
+        <v>2286</v>
       </c>
       <c r="H380" t="s">
-        <v>2269</v>
+        <v>2287</v>
       </c>
       <c r="O380" t="s">
-        <v>2269</v>
+        <v>2287</v>
       </c>
       <c r="AA380" t="s">
-        <v>2270</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="381" spans="1:27">
       <c r="A381">
-        <v>15963</v>
+        <v>265</v>
       </c>
       <c r="B381" t="s">
-        <v>2271</v>
+        <v>2289</v>
       </c>
       <c r="C381">
-        <v>867</v>
+        <v>605</v>
       </c>
       <c r="D381" t="s">
-        <v>2272</v>
+        <v>2290</v>
       </c>
       <c r="E381">
-        <v>130</v>
+        <v>450</v>
       </c>
       <c r="F381" t="s">
-        <v>2253</v>
+        <v>2281</v>
       </c>
       <c r="G381" t="s">
-        <v>2273</v>
-[...5 lines deleted...]
-        <v>2274</v>
+        <v>2291</v>
       </c>
       <c r="AA381" t="s">
-        <v>2275</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="382" spans="1:27">
       <c r="A382">
-        <v>17459</v>
+        <v>272</v>
       </c>
       <c r="B382" t="s">
-        <v>2276</v>
+        <v>2293</v>
       </c>
       <c r="C382">
-        <v>940</v>
+        <v>605</v>
       </c>
       <c r="D382" t="s">
-        <v>2277</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>2294</v>
       </c>
       <c r="F382" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="G382" t="s">
-        <v>2279</v>
-[...5 lines deleted...]
-        <v>2280</v>
+        <v>2295</v>
       </c>
       <c r="AA382" t="s">
-        <v>2281</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="383" spans="1:27">
       <c r="A383">
-        <v>17926</v>
+        <v>310</v>
       </c>
       <c r="B383" t="s">
-        <v>2282</v>
+        <v>2297</v>
       </c>
       <c r="C383">
-        <v>940</v>
+        <v>605</v>
       </c>
       <c r="D383" t="s">
-        <v>2283</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>2298</v>
       </c>
       <c r="F383" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="G383" t="s">
-        <v>2284</v>
-[...5 lines deleted...]
-        <v>2285</v>
+        <v>2299</v>
       </c>
       <c r="AA383" t="s">
-        <v>2286</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="384" spans="1:27">
       <c r="A384">
-        <v>17967</v>
+        <v>312</v>
       </c>
       <c r="B384" t="s">
-        <v>2287</v>
+        <v>2301</v>
       </c>
       <c r="C384">
-        <v>940</v>
+        <v>605</v>
       </c>
       <c r="D384" t="s">
-        <v>2288</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>2302</v>
       </c>
       <c r="F384" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="G384" t="s">
-        <v>2289</v>
-[...5 lines deleted...]
-        <v>2290</v>
+        <v>2303</v>
       </c>
       <c r="AA384" t="s">
-        <v>2291</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="385" spans="1:27">
       <c r="A385">
-        <v>18479</v>
+        <v>448</v>
       </c>
       <c r="B385" t="s">
-        <v>2292</v>
+        <v>2305</v>
       </c>
       <c r="C385">
-        <v>940</v>
+        <v>605</v>
       </c>
       <c r="D385" t="s">
-        <v>2293</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>2306</v>
       </c>
       <c r="F385" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="G385" t="s">
-        <v>2294</v>
-[...17 lines deleted...]
-        <v>2297</v>
+        <v>2307</v>
       </c>
       <c r="AA385" t="s">
-        <v>2298</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="386" spans="1:27">
       <c r="A386">
-        <v>18495</v>
+        <v>463</v>
       </c>
       <c r="B386" t="s">
-        <v>2299</v>
+        <v>2309</v>
       </c>
       <c r="C386">
-        <v>940</v>
+        <v>605</v>
       </c>
       <c r="D386" t="s">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>2310</v>
       </c>
       <c r="F386" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="G386" t="s">
-        <v>2301</v>
-[...5 lines deleted...]
-        <v>2302</v>
+        <v>2311</v>
       </c>
       <c r="AA386" t="s">
-        <v>2303</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="387" spans="1:27">
       <c r="A387">
-        <v>16640</v>
+        <v>502</v>
       </c>
       <c r="B387" t="s">
-        <v>2304</v>
+        <v>2313</v>
       </c>
       <c r="C387">
-        <v>927</v>
+        <v>605</v>
       </c>
       <c r="D387" t="s">
-        <v>2305</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>2314</v>
       </c>
       <c r="F387" t="s">
-        <v>2306</v>
+        <v>2281</v>
       </c>
       <c r="G387" t="s">
-        <v>2307</v>
-[...17 lines deleted...]
-        <v>2310</v>
+        <v>2315</v>
       </c>
       <c r="AA387" t="s">
-        <v>2311</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="388" spans="1:27">
       <c r="A388">
-        <v>15718</v>
+        <v>577</v>
       </c>
       <c r="B388" t="s">
-        <v>2312</v>
+        <v>2317</v>
       </c>
       <c r="C388">
-        <v>882</v>
+        <v>605</v>
       </c>
       <c r="D388" t="s">
-        <v>2313</v>
+        <v>2318</v>
       </c>
       <c r="E388">
-        <v>540</v>
+        <v>490</v>
       </c>
       <c r="F388" t="s">
-        <v>2314</v>
+        <v>2281</v>
       </c>
       <c r="G388" t="s">
-        <v>2315</v>
-[...10 lines deleted...]
-      <c r="M388" t="s">
         <v>2319</v>
-      </c>
-[...7 lines deleted...]
-        <v>2318</v>
       </c>
       <c r="AA388" t="s">
         <v>2320</v>
       </c>
     </row>
     <row r="389" spans="1:27">
       <c r="A389">
-        <v>16531</v>
+        <v>579</v>
       </c>
       <c r="B389" t="s">
         <v>2321</v>
       </c>
       <c r="C389">
-        <v>882</v>
+        <v>605</v>
       </c>
       <c r="D389" t="s">
+        <v>2318</v>
+      </c>
+      <c r="F389" t="s">
+        <v>2281</v>
+      </c>
+      <c r="G389" t="s">
         <v>2322</v>
       </c>
-      <c r="E389">
-[...5 lines deleted...]
-      <c r="G389" t="s">
+      <c r="AA389" t="s">
         <v>2323</v>
-      </c>
-[...19 lines deleted...]
-        <v>2327</v>
       </c>
     </row>
     <row r="390" spans="1:27">
       <c r="A390">
-        <v>16533</v>
+        <v>613</v>
       </c>
       <c r="B390" t="s">
-        <v>2328</v>
+        <v>2324</v>
       </c>
       <c r="C390">
-        <v>882</v>
+        <v>605</v>
       </c>
       <c r="D390" t="s">
-        <v>2329</v>
-[...2 lines deleted...]
-        <v>440</v>
+        <v>2325</v>
       </c>
       <c r="F390" t="s">
-        <v>2314</v>
+        <v>2281</v>
       </c>
       <c r="G390" t="s">
-        <v>2330</v>
-[...17 lines deleted...]
-        <v>2333</v>
+        <v>2326</v>
       </c>
       <c r="AA390" t="s">
-        <v>2334</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="391" spans="1:27">
       <c r="A391">
-        <v>16534</v>
+        <v>634</v>
       </c>
       <c r="B391" t="s">
-        <v>2335</v>
+        <v>2328</v>
       </c>
       <c r="C391">
-        <v>882</v>
+        <v>605</v>
       </c>
       <c r="D391" t="s">
-        <v>2336</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>2329</v>
       </c>
       <c r="F391" t="s">
-        <v>2314</v>
+        <v>2281</v>
       </c>
       <c r="G391" t="s">
-        <v>2337</v>
-[...5 lines deleted...]
-        <v>2338</v>
+        <v>2330</v>
       </c>
       <c r="AA391" t="s">
-        <v>2339</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="392" spans="1:27">
       <c r="A392">
-        <v>16568</v>
+        <v>682</v>
       </c>
       <c r="B392" t="s">
-        <v>2340</v>
+        <v>2332</v>
       </c>
       <c r="C392">
-        <v>882</v>
+        <v>605</v>
       </c>
       <c r="D392" t="s">
-        <v>2341</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>2333</v>
       </c>
       <c r="F392" t="s">
-        <v>2314</v>
+        <v>2281</v>
       </c>
       <c r="G392" t="s">
-        <v>2342</v>
+        <v>2334</v>
       </c>
       <c r="H392" t="s">
-        <v>2343</v>
-[...14 lines deleted...]
-        <v>2345</v>
+        <v>2335</v>
+      </c>
+      <c r="O392" t="s">
+        <v>2335</v>
       </c>
       <c r="AA392" t="s">
-        <v>2346</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="393" spans="1:27">
       <c r="A393">
-        <v>16800</v>
+        <v>693</v>
       </c>
       <c r="B393" t="s">
-        <v>2347</v>
+        <v>2337</v>
       </c>
       <c r="C393">
-        <v>902</v>
+        <v>605</v>
       </c>
       <c r="D393" t="s">
-        <v>2348</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>2338</v>
       </c>
       <c r="F393" t="s">
-        <v>2349</v>
+        <v>2281</v>
       </c>
       <c r="G393" t="s">
-        <v>2350</v>
+        <v>2339</v>
       </c>
       <c r="H393" t="s">
-        <v>2351</v>
-[...5 lines deleted...]
-        <v>2353</v>
+        <v>2340</v>
       </c>
       <c r="O393" t="s">
-        <v>2351</v>
-[...5 lines deleted...]
-        <v>2353</v>
+        <v>2340</v>
       </c>
       <c r="AA393" t="s">
-        <v>2354</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="394" spans="1:27">
       <c r="A394">
-        <v>15617</v>
+        <v>694</v>
       </c>
       <c r="B394" t="s">
-        <v>2355</v>
+        <v>2342</v>
       </c>
       <c r="C394">
-        <v>881</v>
+        <v>605</v>
       </c>
       <c r="D394" t="s">
-        <v>2356</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>2343</v>
       </c>
       <c r="F394" t="s">
-        <v>2357</v>
+        <v>2281</v>
       </c>
       <c r="G394" t="s">
-        <v>2358</v>
-[...8 lines deleted...]
-        <v>2359</v>
+        <v>2344</v>
       </c>
       <c r="AA394" t="s">
-        <v>2361</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="395" spans="1:27">
       <c r="A395">
-        <v>16281</v>
+        <v>714</v>
       </c>
       <c r="B395" t="s">
-        <v>2362</v>
+        <v>2346</v>
       </c>
       <c r="C395">
-        <v>881</v>
+        <v>605</v>
       </c>
       <c r="D395" t="s">
-        <v>2363</v>
+        <v>2347</v>
       </c>
       <c r="E395">
-        <v>390</v>
+        <v>530</v>
       </c>
       <c r="F395" t="s">
-        <v>2357</v>
+        <v>2281</v>
       </c>
       <c r="G395" t="s">
-        <v>2364</v>
-[...17 lines deleted...]
-        <v>2367</v>
+        <v>2348</v>
       </c>
       <c r="AA395" t="s">
-        <v>2368</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="396" spans="1:27">
       <c r="A396">
-        <v>14101</v>
+        <v>715</v>
       </c>
       <c r="B396" t="s">
-        <v>2369</v>
+        <v>2350</v>
       </c>
       <c r="C396">
-        <v>868</v>
+        <v>605</v>
       </c>
       <c r="D396" t="s">
-        <v>2370</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>2347</v>
       </c>
       <c r="F396" t="s">
-        <v>2371</v>
+        <v>2281</v>
       </c>
       <c r="G396" t="s">
-        <v>2372</v>
-[...17 lines deleted...]
-        <v>2375</v>
+        <v>2351</v>
       </c>
       <c r="AA396" t="s">
-        <v>2376</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="397" spans="1:27">
       <c r="A397">
-        <v>16091</v>
+        <v>716</v>
       </c>
       <c r="B397" t="s">
-        <v>2377</v>
+        <v>2353</v>
       </c>
       <c r="C397">
-        <v>904</v>
+        <v>605</v>
       </c>
       <c r="D397" t="s">
-        <v>2378</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>2354</v>
       </c>
       <c r="F397" t="s">
-        <v>2379</v>
+        <v>2281</v>
       </c>
       <c r="G397" t="s">
-        <v>2380</v>
-[...20 lines deleted...]
-        <v>2383</v>
+        <v>2355</v>
       </c>
       <c r="AA397" t="s">
-        <v>2385</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="398" spans="1:27">
       <c r="A398">
-        <v>16587</v>
+        <v>733</v>
       </c>
       <c r="B398" t="s">
-        <v>2386</v>
+        <v>2357</v>
       </c>
       <c r="C398">
-        <v>904</v>
+        <v>605</v>
       </c>
       <c r="D398" t="s">
-        <v>2387</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>2358</v>
       </c>
       <c r="F398" t="s">
-        <v>2379</v>
+        <v>2281</v>
       </c>
       <c r="G398" t="s">
-        <v>2388</v>
+        <v>2359</v>
       </c>
       <c r="H398" t="s">
-        <v>2389</v>
-[...8 lines deleted...]
-        <v>2392</v>
+        <v>2360</v>
       </c>
       <c r="O398" t="s">
-        <v>2389</v>
-[...8 lines deleted...]
-        <v>2391</v>
+        <v>2360</v>
       </c>
       <c r="AA398" t="s">
-        <v>2393</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="399" spans="1:27">
       <c r="A399">
-        <v>16588</v>
+        <v>739</v>
       </c>
       <c r="B399" t="s">
-        <v>2394</v>
+        <v>2362</v>
       </c>
       <c r="C399">
-        <v>904</v>
+        <v>605</v>
       </c>
       <c r="D399" t="s">
-        <v>2395</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>2363</v>
       </c>
       <c r="F399" t="s">
-        <v>2379</v>
+        <v>2281</v>
       </c>
       <c r="G399" t="s">
-        <v>2396</v>
+        <v>2364</v>
+      </c>
+      <c r="H399" t="s">
+        <v>2365</v>
+      </c>
+      <c r="O399" t="s">
+        <v>2365</v>
       </c>
       <c r="AA399" t="s">
-        <v>2397</v>
+        <v>2366</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>