--- v0 (2026-01-19)
+++ v1 (2026-03-06)
@@ -15281,53 +15281,51 @@
     <t>https://chelznak.ru/shop/75_let_pobedy/item_20920/</t>
   </si>
   <si>
     <t>Поздравительная открытка с медалью «75 лет Победы в Великой Отечественной войне 1941—1945 гг.» и георгиевской лентой</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/2/0/9/item_20920/shop_items_catalog_image20920.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_219.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_220.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">
 &lt;tr&gt;
   &lt;td style="text-align: center"&gt;
     &lt;a href="https://api.chelznak.ru/shop/75_let_pobedy/item_20920/" target="_blank"&gt;20920&lt;/a&gt;
     &lt;div class="hostcmsSubPanel hostcmsXsl" style="display: inline; margin-left: 10px"&gt;
       &lt;a href="/admin/shop/item/index.php?hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20920]=1" onclick="hQuery.openWindow({path: '/admin/shop/item/index.php', title: 'Редактирование информации о товаре &amp;quot;Поздравительная открытка с медалью «75 лет Победы в Великой Отечественной войне 1941—1945 гг.» и георгиевской лентой&amp;quot;', additionalParams: 'hostcms[action]=edit&amp;amp;shop_id=1&amp;amp;shop_group_id=934&amp;amp;hostcms[checked][1][20920]=1', dialogClass: 'hostcms6'}); return false"&gt;
         &lt;i class="fa-solid fa-pen item fa-fw" title="Редактирование информации о товаре &amp;quot;Поздравительная открытка с медалью «75 лет Победы в Великой Отечественной войне 1941—1945 гг.» и георгиевской лентой&amp;quot;"&gt;&lt;/i&gt;
       &lt;/a&gt;
     &lt;/div&gt;
   &lt;/td&gt;
-  &lt;td class="averse_large"&gt;
-[...1 lines deleted...]
-  &lt;/td&gt;
+  &lt;td class="averse_large"&gt;&lt;/td&gt;
   &lt;td class="reverse_large"&gt;&lt;/td&gt;
   &lt;td class="blank_1_large"&gt;&lt;/td&gt;
   &lt;td class="blank_2_large"&gt;&lt;/td&gt;
   &lt;td class="3d 1_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323783.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323783.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="3d 2_large"&gt;
     &lt;img style="width: 80px" src="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323784.jpg" class="js-preview-zoom" data-href="/upload/shop_1/2/0/9/item_20920/shop_property_file_20920_323784.jpg" /&gt;
   &lt;/td&gt;
   &lt;td class="polojenie_large"&gt;&lt;/td&gt;
   &lt;td class="additionals_large"&gt;&lt;/td&gt;
 &lt;/tr&gt;
 </t>
   </si>
   <si>
     <t>https://chelznak.ru/shop/75_let_pobedy/item_34934/</t>
   </si>
   <si>
     <t>Коллекция из 8 медалей «75 лет Великой Победы»</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34934/shop_items_catalog_image34934.jpg</t>
   </si>
   <si>
     <t>https://chelznak.ru/upload/shop_1/3/4/9/item_34934/shop_property_file_34934_219.jpg</t>